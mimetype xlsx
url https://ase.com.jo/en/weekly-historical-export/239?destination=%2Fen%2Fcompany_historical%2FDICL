--- v0 (2026-01-08)
+++ v1 (2026-03-25)
@@ -12,71 +12,77 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Historical Trading Indicators" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Closing</t>
   </si>
   <si>
     <t>Value Traded</t>
   </si>
   <si>
     <t>No. of Trans</t>
   </si>
   <si>
     <t>No. of Shares</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>08/02/2026</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>19/10/2025</t>
   </si>
   <si>
     <t>29/06/2025</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>26/05/2025</t>
   </si>
   <si>
     <t>18/05/2025</t>
   </si>
   <si>
     <t>21/07/2024</t>
   </si>
@@ -748,2709 +754,2755 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G115"/>
+  <dimension ref="A1:G117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:G115"/>
+      <selection activeCell="A2" sqref="A2:G117"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="2">
         <v>0.83</v>
       </c>
       <c r="C2" s="2">
         <v>0.83</v>
       </c>
       <c r="D2" s="2">
         <v>0.83</v>
       </c>
       <c r="E2" s="2">
-        <v>295659</v>
+        <v>415</v>
       </c>
       <c r="F2" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G2" s="2">
-        <v>356216</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="C3" s="2">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="D3" s="2">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="E3" s="2">
-        <v>123</v>
+        <v>215800</v>
       </c>
       <c r="F3" s="2">
         <v>1</v>
       </c>
       <c r="G3" s="2">
-        <v>150</v>
+        <v>260000</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2">
-        <v>0.79</v>
+        <v>0.83</v>
       </c>
       <c r="C4" s="2">
-        <v>0.79</v>
+        <v>0.83</v>
       </c>
       <c r="D4" s="2">
-        <v>0.79</v>
+        <v>0.83</v>
       </c>
       <c r="E4" s="2">
-        <v>916</v>
+        <v>295659</v>
       </c>
       <c r="F4" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G4" s="2">
-        <v>1159</v>
+        <v>356216</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="2">
-        <v>0.77</v>
+        <v>0.82</v>
       </c>
       <c r="C5" s="2">
-        <v>0.76</v>
+        <v>0.82</v>
       </c>
       <c r="D5" s="2">
-        <v>0.77</v>
+        <v>0.82</v>
       </c>
       <c r="E5" s="2">
-        <v>604</v>
+        <v>123</v>
       </c>
       <c r="F5" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G5" s="2">
-        <v>787</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="2">
         <v>0.79</v>
       </c>
       <c r="C6" s="2">
         <v>0.79</v>
       </c>
       <c r="D6" s="2">
         <v>0.79</v>
       </c>
       <c r="E6" s="2">
-        <v>237</v>
+        <v>916</v>
       </c>
       <c r="F6" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G6" s="2">
-        <v>300</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="2">
-        <v>0.83</v>
+        <v>0.77</v>
       </c>
       <c r="C7" s="2">
-        <v>0.83</v>
+        <v>0.76</v>
       </c>
       <c r="D7" s="2">
-        <v>0.83</v>
+        <v>0.77</v>
       </c>
       <c r="E7" s="2">
-        <v>73915</v>
+        <v>604</v>
       </c>
       <c r="F7" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G7" s="2">
-        <v>89054</v>
+        <v>787</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2">
-        <v>0.84</v>
+        <v>0.79</v>
       </c>
       <c r="C8" s="2">
-        <v>0.83</v>
+        <v>0.79</v>
       </c>
       <c r="D8" s="2">
-        <v>0.84</v>
+        <v>0.79</v>
       </c>
       <c r="E8" s="2">
-        <v>1658227</v>
+        <v>237</v>
       </c>
       <c r="F8" s="2">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="G8" s="2">
-        <v>1997858</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="2">
-        <v>0.91</v>
+        <v>0.83</v>
       </c>
       <c r="C9" s="2">
-        <v>0.91</v>
+        <v>0.83</v>
       </c>
       <c r="D9" s="2">
-        <v>0.91</v>
+        <v>0.83</v>
       </c>
       <c r="E9" s="2">
-        <v>9540</v>
+        <v>73915</v>
       </c>
       <c r="F9" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G9" s="2">
-        <v>10484</v>
+        <v>89054</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="2">
-        <v>0.87</v>
+        <v>0.84</v>
       </c>
       <c r="C10" s="2">
-        <v>0.87</v>
+        <v>0.83</v>
       </c>
       <c r="D10" s="2">
-        <v>0.87</v>
+        <v>0.84</v>
       </c>
       <c r="E10" s="2">
-        <v>435</v>
+        <v>1658227</v>
       </c>
       <c r="F10" s="2">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="G10" s="2">
-        <v>500</v>
+        <v>1997858</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="2">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="C11" s="2">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="D11" s="2">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="E11" s="2">
-        <v>61345</v>
+        <v>9540</v>
       </c>
       <c r="F11" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G11" s="2">
-        <v>70511</v>
+        <v>10484</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="2">
-        <v>0.86</v>
+        <v>0.87</v>
       </c>
       <c r="C12" s="2">
-        <v>0.86</v>
+        <v>0.87</v>
       </c>
       <c r="D12" s="2">
-        <v>0.86</v>
+        <v>0.87</v>
       </c>
       <c r="E12" s="2">
-        <v>860</v>
+        <v>435</v>
       </c>
       <c r="F12" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G12" s="2">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="2">
-        <v>0.85</v>
+        <v>0.87</v>
       </c>
       <c r="C13" s="2">
-        <v>0.81</v>
+        <v>0.87</v>
       </c>
       <c r="D13" s="2">
-        <v>0.85</v>
+        <v>0.87</v>
       </c>
       <c r="E13" s="2">
-        <v>1345</v>
+        <v>61345</v>
       </c>
       <c r="F13" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G13" s="2">
-        <v>1656</v>
+        <v>70511</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="2">
-        <v>1.1</v>
+        <v>0.86</v>
       </c>
       <c r="C14" s="2">
-        <v>1.1</v>
+        <v>0.86</v>
       </c>
       <c r="D14" s="2">
-        <v>1.1</v>
+        <v>0.86</v>
       </c>
       <c r="E14" s="2">
-        <v>5500</v>
+        <v>860</v>
       </c>
       <c r="F14" s="2">
         <v>3</v>
       </c>
       <c r="G14" s="2">
-        <v>5000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="2">
-        <v>1.1</v>
+        <v>0.85</v>
       </c>
       <c r="C15" s="2">
-        <v>1.1</v>
+        <v>0.81</v>
       </c>
       <c r="D15" s="2">
-        <v>1.1</v>
+        <v>0.85</v>
       </c>
       <c r="E15" s="2">
-        <v>552</v>
+        <v>1345</v>
       </c>
       <c r="F15" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G15" s="2">
-        <v>502</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="2">
-        <v>1.15</v>
+        <v>1.1</v>
       </c>
       <c r="C16" s="2">
-        <v>1.15</v>
+        <v>1.1</v>
       </c>
       <c r="D16" s="2">
-        <v>1.15</v>
+        <v>1.1</v>
       </c>
       <c r="E16" s="2">
-        <v>575</v>
+        <v>5500</v>
       </c>
       <c r="F16" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G16" s="2">
-        <v>500</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="2">
-        <v>1.07</v>
+        <v>1.1</v>
       </c>
       <c r="C17" s="2">
-        <v>1.05</v>
+        <v>1.1</v>
       </c>
       <c r="D17" s="2">
-        <v>1.05</v>
+        <v>1.1</v>
       </c>
       <c r="E17" s="2">
-        <v>12831</v>
+        <v>552</v>
       </c>
       <c r="F17" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G17" s="2">
-        <v>12216</v>
+        <v>502</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="2">
-        <v>1.12</v>
+        <v>1.15</v>
       </c>
       <c r="C18" s="2">
-        <v>1.12</v>
+        <v>1.15</v>
       </c>
       <c r="D18" s="2">
-        <v>1.12</v>
+        <v>1.15</v>
       </c>
       <c r="E18" s="2">
-        <v>11153</v>
+        <v>575</v>
       </c>
       <c r="F18" s="2">
         <v>1</v>
       </c>
       <c r="G18" s="2">
-        <v>9958</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="2">
-        <v>1.17</v>
+        <v>1.07</v>
       </c>
       <c r="C19" s="2">
-        <v>1.17</v>
+        <v>1.05</v>
       </c>
       <c r="D19" s="2">
-        <v>1.17</v>
+        <v>1.05</v>
       </c>
       <c r="E19" s="2">
-        <v>585</v>
+        <v>12831</v>
       </c>
       <c r="F19" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G19" s="2">
-        <v>500</v>
+        <v>12216</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="2">
-        <v>1.18</v>
+        <v>1.12</v>
       </c>
       <c r="C20" s="2">
-        <v>1.18</v>
+        <v>1.12</v>
       </c>
       <c r="D20" s="2">
-        <v>1.18</v>
+        <v>1.12</v>
       </c>
       <c r="E20" s="2">
-        <v>218</v>
+        <v>11153</v>
       </c>
       <c r="F20" s="2">
         <v>1</v>
       </c>
       <c r="G20" s="2">
-        <v>185</v>
+        <v>9958</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="2">
-        <v>1.18</v>
+        <v>1.17</v>
       </c>
       <c r="C21" s="2">
-        <v>1.18</v>
+        <v>1.17</v>
       </c>
       <c r="D21" s="2">
-        <v>1.18</v>
+        <v>1.17</v>
       </c>
       <c r="E21" s="2">
-        <v>9405</v>
+        <v>585</v>
       </c>
       <c r="F21" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G21" s="2">
-        <v>7970</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="2">
         <v>1.18</v>
       </c>
       <c r="C22" s="2">
         <v>1.18</v>
       </c>
       <c r="D22" s="2">
         <v>1.18</v>
       </c>
       <c r="E22" s="2">
-        <v>275</v>
+        <v>218</v>
       </c>
       <c r="F22" s="2">
         <v>1</v>
       </c>
       <c r="G22" s="2">
-        <v>233</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="2">
-        <v>1.21</v>
+        <v>1.18</v>
       </c>
       <c r="C23" s="2">
-        <v>1.21</v>
+        <v>1.18</v>
       </c>
       <c r="D23" s="2">
-        <v>1.21</v>
+        <v>1.18</v>
       </c>
       <c r="E23" s="2">
-        <v>545</v>
+        <v>9405</v>
       </c>
       <c r="F23" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G23" s="2">
-        <v>450</v>
+        <v>7970</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="2">
-        <v>1.21</v>
+        <v>1.18</v>
       </c>
       <c r="C24" s="2">
-        <v>1.21</v>
+        <v>1.18</v>
       </c>
       <c r="D24" s="2">
-        <v>1.21</v>
+        <v>1.18</v>
       </c>
       <c r="E24" s="2">
-        <v>11556</v>
+        <v>275</v>
       </c>
       <c r="F24" s="2">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G24" s="2">
-        <v>9550</v>
+        <v>233</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="2">
-        <v>1.26</v>
+        <v>1.21</v>
       </c>
       <c r="C25" s="2">
-        <v>1.2</v>
+        <v>1.21</v>
       </c>
       <c r="D25" s="2">
-        <v>1.26</v>
+        <v>1.21</v>
       </c>
       <c r="E25" s="2">
-        <v>7890</v>
+        <v>545</v>
       </c>
       <c r="F25" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G25" s="2">
-        <v>6500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="2">
-        <v>1.15</v>
+        <v>1.21</v>
       </c>
       <c r="C26" s="2">
-        <v>1.1</v>
+        <v>1.21</v>
       </c>
       <c r="D26" s="2">
-        <v>1.15</v>
+        <v>1.21</v>
       </c>
       <c r="E26" s="2">
-        <v>11250</v>
+        <v>11556</v>
       </c>
       <c r="F26" s="2">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G26" s="2">
-        <v>10000</v>
+        <v>9550</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="2">
-        <v>1.1</v>
+        <v>1.26</v>
       </c>
       <c r="C27" s="2">
-        <v>1.1</v>
+        <v>1.2</v>
       </c>
       <c r="D27" s="2">
-        <v>1.1</v>
+        <v>1.26</v>
       </c>
       <c r="E27" s="2">
-        <v>1100</v>
+        <v>7890</v>
       </c>
       <c r="F27" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G27" s="2">
-        <v>1000</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="2">
-        <v>1.05</v>
+        <v>1.15</v>
       </c>
       <c r="C28" s="2">
-        <v>1.05</v>
+        <v>1.1</v>
       </c>
       <c r="D28" s="2">
-        <v>1.05</v>
+        <v>1.15</v>
       </c>
       <c r="E28" s="2">
-        <v>1050</v>
+        <v>11250</v>
       </c>
       <c r="F28" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="G28" s="2">
-        <v>1000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B29" s="2">
-        <v>0.95</v>
+        <v>1.1</v>
       </c>
       <c r="C29" s="2">
-        <v>0.95</v>
+        <v>1.1</v>
       </c>
       <c r="D29" s="2">
-        <v>0.95</v>
+        <v>1.1</v>
       </c>
       <c r="E29" s="2">
-        <v>4100</v>
+        <v>1100</v>
       </c>
       <c r="F29" s="2">
         <v>1</v>
       </c>
       <c r="G29" s="2">
-        <v>4316</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="2">
-        <v>0.88</v>
+        <v>1.05</v>
       </c>
       <c r="C30" s="2">
-        <v>0.88</v>
+        <v>1.05</v>
       </c>
       <c r="D30" s="2">
-        <v>0.88</v>
+        <v>1.05</v>
       </c>
       <c r="E30" s="2">
-        <v>4525</v>
+        <v>1050</v>
       </c>
       <c r="F30" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G30" s="2">
-        <v>5142</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B31" s="2">
-        <v>0.88</v>
+        <v>0.95</v>
       </c>
       <c r="C31" s="2">
-        <v>0.88</v>
+        <v>0.95</v>
       </c>
       <c r="D31" s="2">
-        <v>0.88</v>
+        <v>0.95</v>
       </c>
       <c r="E31" s="2">
-        <v>8483</v>
+        <v>4100</v>
       </c>
       <c r="F31" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G31" s="2">
-        <v>9640</v>
+        <v>4316</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B32" s="2">
-        <v>0.87</v>
+        <v>0.88</v>
       </c>
       <c r="C32" s="2">
-        <v>0.87</v>
+        <v>0.88</v>
       </c>
       <c r="D32" s="2">
-        <v>0.87</v>
+        <v>0.88</v>
       </c>
       <c r="E32" s="2">
-        <v>278</v>
+        <v>4525</v>
       </c>
       <c r="F32" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G32" s="2">
-        <v>320</v>
+        <v>5142</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B33" s="2">
-        <v>0.83</v>
+        <v>0.88</v>
       </c>
       <c r="C33" s="2">
-        <v>0.83</v>
+        <v>0.88</v>
       </c>
       <c r="D33" s="2">
-        <v>0.83</v>
+        <v>0.88</v>
       </c>
       <c r="E33" s="2">
-        <v>17430</v>
+        <v>8483</v>
       </c>
       <c r="F33" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G33" s="2">
-        <v>21000</v>
+        <v>9640</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="2">
-        <v>0.82</v>
+        <v>0.87</v>
       </c>
       <c r="C34" s="2">
-        <v>0.82</v>
+        <v>0.87</v>
       </c>
       <c r="D34" s="2">
-        <v>0.82</v>
+        <v>0.87</v>
       </c>
       <c r="E34" s="2">
-        <v>76</v>
+        <v>278</v>
       </c>
       <c r="F34" s="2">
         <v>1</v>
       </c>
       <c r="G34" s="2">
-        <v>93</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B35" s="2">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="C35" s="2">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="D35" s="2">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="E35" s="2">
-        <v>189</v>
+        <v>17430</v>
       </c>
       <c r="F35" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G35" s="2">
-        <v>230</v>
+        <v>21000</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B36" s="2">
         <v>0.82</v>
       </c>
       <c r="C36" s="2">
         <v>0.82</v>
       </c>
       <c r="D36" s="2">
         <v>0.82</v>
       </c>
       <c r="E36" s="2">
-        <v>2512</v>
+        <v>76</v>
       </c>
       <c r="F36" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G36" s="2">
-        <v>3063</v>
+        <v>93</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="2">
         <v>0.82</v>
       </c>
       <c r="C37" s="2">
         <v>0.82</v>
       </c>
       <c r="D37" s="2">
         <v>0.82</v>
       </c>
       <c r="E37" s="2">
-        <v>3565</v>
+        <v>189</v>
       </c>
       <c r="F37" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G37" s="2">
-        <v>4348</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B38" s="2">
         <v>0.82</v>
       </c>
       <c r="C38" s="2">
         <v>0.82</v>
       </c>
       <c r="D38" s="2">
         <v>0.82</v>
       </c>
       <c r="E38" s="2">
-        <v>2433</v>
+        <v>2512</v>
       </c>
       <c r="F38" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G38" s="2">
-        <v>2967</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B39" s="2">
         <v>0.82</v>
       </c>
       <c r="C39" s="2">
         <v>0.82</v>
       </c>
       <c r="D39" s="2">
         <v>0.82</v>
       </c>
       <c r="E39" s="2">
-        <v>188</v>
+        <v>3565</v>
       </c>
       <c r="F39" s="2">
         <v>1</v>
       </c>
       <c r="G39" s="2">
-        <v>229</v>
+        <v>4348</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B40" s="2">
         <v>0.82</v>
       </c>
       <c r="C40" s="2">
         <v>0.82</v>
       </c>
       <c r="D40" s="2">
         <v>0.82</v>
       </c>
       <c r="E40" s="2">
-        <v>153</v>
+        <v>2433</v>
       </c>
       <c r="F40" s="2">
         <v>1</v>
       </c>
       <c r="G40" s="2">
-        <v>186</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B41" s="2">
         <v>0.82</v>
       </c>
       <c r="C41" s="2">
         <v>0.82</v>
       </c>
       <c r="D41" s="2">
         <v>0.82</v>
       </c>
       <c r="E41" s="2">
-        <v>4854</v>
+        <v>188</v>
       </c>
       <c r="F41" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G41" s="2">
-        <v>5920</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B42" s="2">
-        <v>0.83</v>
+        <v>0.82</v>
       </c>
       <c r="C42" s="2">
-        <v>0.83</v>
+        <v>0.82</v>
       </c>
       <c r="D42" s="2">
-        <v>0.83</v>
+        <v>0.82</v>
       </c>
       <c r="E42" s="2">
-        <v>1660</v>
+        <v>153</v>
       </c>
       <c r="F42" s="2">
         <v>1</v>
       </c>
       <c r="G42" s="2">
-        <v>2000</v>
+        <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B43" s="2">
         <v>0.82</v>
       </c>
       <c r="C43" s="2">
         <v>0.82</v>
       </c>
       <c r="D43" s="2">
         <v>0.82</v>
       </c>
       <c r="E43" s="2">
-        <v>1365</v>
+        <v>4854</v>
       </c>
       <c r="F43" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G43" s="2">
-        <v>1665</v>
+        <v>5920</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B44" s="2">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="C44" s="2">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="D44" s="2">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="E44" s="2">
-        <v>545</v>
+        <v>1660</v>
       </c>
       <c r="F44" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G44" s="2">
-        <v>665</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="2">
-        <v>0.94</v>
+        <v>0.82</v>
       </c>
       <c r="C45" s="2">
-        <v>0.94</v>
+        <v>0.82</v>
       </c>
       <c r="D45" s="2">
-        <v>0.94</v>
+        <v>0.82</v>
       </c>
       <c r="E45" s="2">
-        <v>83</v>
+        <v>1365</v>
       </c>
       <c r="F45" s="2">
         <v>1</v>
       </c>
       <c r="G45" s="2">
-        <v>88</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B46" s="2">
-        <v>0.98</v>
+        <v>0.82</v>
       </c>
       <c r="C46" s="2">
-        <v>0.98</v>
+        <v>0.82</v>
       </c>
       <c r="D46" s="2">
-        <v>0.98</v>
+        <v>0.82</v>
       </c>
       <c r="E46" s="2">
-        <v>9800</v>
+        <v>545</v>
       </c>
       <c r="F46" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G46" s="2">
-        <v>10000</v>
+        <v>665</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B47" s="2">
-        <v>1.03</v>
+        <v>0.94</v>
       </c>
       <c r="C47" s="2">
-        <v>1</v>
+        <v>0.94</v>
       </c>
       <c r="D47" s="2">
-        <v>1.03</v>
+        <v>0.94</v>
       </c>
       <c r="E47" s="2">
-        <v>10103</v>
+        <v>83</v>
       </c>
       <c r="F47" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G47" s="2">
-        <v>10100</v>
+        <v>88</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B48" s="2">
-        <v>0.99</v>
+        <v>0.98</v>
       </c>
       <c r="C48" s="2">
-        <v>0.99</v>
+        <v>0.98</v>
       </c>
       <c r="D48" s="2">
-        <v>0.99</v>
+        <v>0.98</v>
       </c>
       <c r="E48" s="2">
-        <v>249</v>
+        <v>9800</v>
       </c>
       <c r="F48" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G48" s="2">
-        <v>252</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B49" s="2">
-        <v>1</v>
+        <v>1.03</v>
       </c>
       <c r="C49" s="2">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="D49" s="2">
-        <v>0.95</v>
+        <v>1.03</v>
       </c>
       <c r="E49" s="2">
-        <v>292</v>
+        <v>10103</v>
       </c>
       <c r="F49" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G49" s="2">
-        <v>301</v>
+        <v>10100</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B50" s="2">
-        <v>1.05</v>
+        <v>0.99</v>
       </c>
       <c r="C50" s="2">
-        <v>1.05</v>
+        <v>0.99</v>
       </c>
       <c r="D50" s="2">
-        <v>1.05</v>
+        <v>0.99</v>
       </c>
       <c r="E50" s="2">
-        <v>1407</v>
+        <v>249</v>
       </c>
       <c r="F50" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G50" s="2">
-        <v>1340</v>
+        <v>252</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B51" s="2">
-        <v>1.7</v>
+        <v>1</v>
       </c>
       <c r="C51" s="2">
-        <v>1.7</v>
+        <v>0.95</v>
       </c>
       <c r="D51" s="2">
-        <v>1.7</v>
+        <v>0.95</v>
       </c>
       <c r="E51" s="2">
-        <v>8500</v>
+        <v>292</v>
       </c>
       <c r="F51" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G51" s="2">
-        <v>5000</v>
+        <v>301</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B52" s="2">
-        <v>1.76</v>
+        <v>1.05</v>
       </c>
       <c r="C52" s="2">
-        <v>1.7</v>
+        <v>1.05</v>
       </c>
       <c r="D52" s="2">
-        <v>1.7</v>
+        <v>1.05</v>
       </c>
       <c r="E52" s="2">
-        <v>7993</v>
+        <v>1407</v>
       </c>
       <c r="F52" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G52" s="2">
-        <v>4700</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B53" s="2">
-        <v>2.03</v>
+        <v>1.7</v>
       </c>
       <c r="C53" s="2">
-        <v>1.85</v>
+        <v>1.7</v>
       </c>
       <c r="D53" s="2">
-        <v>1.85</v>
+        <v>1.7</v>
       </c>
       <c r="E53" s="2">
-        <v>194</v>
+        <v>8500</v>
       </c>
       <c r="F53" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G53" s="2">
-        <v>100</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B54" s="2">
-        <v>1.69</v>
+        <v>1.76</v>
       </c>
       <c r="C54" s="2">
-        <v>1.69</v>
+        <v>1.7</v>
       </c>
       <c r="D54" s="2">
-        <v>1.69</v>
+        <v>1.7</v>
       </c>
       <c r="E54" s="2">
-        <v>49847</v>
+        <v>7993</v>
       </c>
       <c r="F54" s="2">
         <v>6</v>
       </c>
       <c r="G54" s="2">
-        <v>29495</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B55" s="2">
-        <v>1.69</v>
+        <v>2.03</v>
       </c>
       <c r="C55" s="2">
-        <v>1.69</v>
+        <v>1.85</v>
       </c>
       <c r="D55" s="2">
-        <v>1.69</v>
+        <v>1.85</v>
       </c>
       <c r="E55" s="2">
-        <v>4225</v>
+        <v>194</v>
       </c>
       <c r="F55" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G55" s="2">
-        <v>2500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B56" s="2">
         <v>1.69</v>
       </c>
       <c r="C56" s="2">
         <v>1.69</v>
       </c>
       <c r="D56" s="2">
         <v>1.69</v>
       </c>
       <c r="E56" s="2">
-        <v>12242</v>
+        <v>49847</v>
       </c>
       <c r="F56" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G56" s="2">
-        <v>7244</v>
+        <v>29495</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B57" s="2">
         <v>1.69</v>
       </c>
       <c r="C57" s="2">
         <v>1.69</v>
       </c>
       <c r="D57" s="2">
         <v>1.69</v>
       </c>
       <c r="E57" s="2">
-        <v>1286</v>
+        <v>4225</v>
       </c>
       <c r="F57" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G57" s="2">
-        <v>761</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B58" s="2">
-        <v>1.7</v>
+        <v>1.69</v>
       </c>
       <c r="C58" s="2">
-        <v>1.61</v>
+        <v>1.69</v>
       </c>
       <c r="D58" s="2">
         <v>1.69</v>
       </c>
       <c r="E58" s="2">
-        <v>8946</v>
+        <v>12242</v>
       </c>
       <c r="F58" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G58" s="2">
-        <v>5299</v>
+        <v>7244</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B59" s="2">
-        <v>1.76</v>
+        <v>1.69</v>
       </c>
       <c r="C59" s="2">
-        <v>1.76</v>
+        <v>1.69</v>
       </c>
       <c r="D59" s="2">
-        <v>1.76</v>
+        <v>1.69</v>
       </c>
       <c r="E59" s="2">
-        <v>1742</v>
+        <v>1286</v>
       </c>
       <c r="F59" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G59" s="2">
-        <v>990</v>
+        <v>761</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B60" s="2">
-        <v>1.76</v>
+        <v>1.7</v>
       </c>
       <c r="C60" s="2">
-        <v>1.76</v>
+        <v>1.61</v>
       </c>
       <c r="D60" s="2">
-        <v>1.76</v>
+        <v>1.69</v>
       </c>
       <c r="E60" s="2">
-        <v>161758</v>
+        <v>8946</v>
       </c>
       <c r="F60" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G60" s="2">
-        <v>91908</v>
+        <v>5299</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B61" s="2">
-        <v>1.85</v>
+        <v>1.76</v>
       </c>
       <c r="C61" s="2">
-        <v>1.85</v>
+        <v>1.76</v>
       </c>
       <c r="D61" s="2">
-        <v>1.85</v>
+        <v>1.76</v>
       </c>
       <c r="E61" s="2">
-        <v>50209</v>
+        <v>1742</v>
       </c>
       <c r="F61" s="2">
         <v>1</v>
       </c>
       <c r="G61" s="2">
-        <v>27140</v>
+        <v>990</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B62" s="2">
-        <v>1.82</v>
+        <v>1.76</v>
       </c>
       <c r="C62" s="2">
-        <v>1.81</v>
+        <v>1.76</v>
       </c>
       <c r="D62" s="2">
-        <v>1.82</v>
+        <v>1.76</v>
       </c>
       <c r="E62" s="2">
-        <v>5336</v>
+        <v>161758</v>
       </c>
       <c r="F62" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G62" s="2">
-        <v>2945</v>
+        <v>91908</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B63" s="2">
-        <v>1.82</v>
+        <v>1.85</v>
       </c>
       <c r="C63" s="2">
-        <v>1.82</v>
+        <v>1.85</v>
       </c>
       <c r="D63" s="2">
-        <v>1.82</v>
+        <v>1.85</v>
       </c>
       <c r="E63" s="2">
-        <v>91</v>
+        <v>50209</v>
       </c>
       <c r="F63" s="2">
         <v>1</v>
       </c>
       <c r="G63" s="2">
-        <v>50</v>
+        <v>27140</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B64" s="2">
-        <v>1.74</v>
+        <v>1.82</v>
       </c>
       <c r="C64" s="2">
-        <v>1.74</v>
+        <v>1.81</v>
       </c>
       <c r="D64" s="2">
-        <v>1.74</v>
+        <v>1.82</v>
       </c>
       <c r="E64" s="2">
-        <v>52</v>
+        <v>5336</v>
       </c>
       <c r="F64" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G64" s="2">
-        <v>30</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B65" s="2">
-        <v>1.74</v>
+        <v>1.82</v>
       </c>
       <c r="C65" s="2">
-        <v>1.67</v>
+        <v>1.82</v>
       </c>
       <c r="D65" s="2">
-        <v>1.74</v>
+        <v>1.82</v>
       </c>
       <c r="E65" s="2">
-        <v>20621</v>
+        <v>91</v>
       </c>
       <c r="F65" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G65" s="2">
-        <v>12346</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B66" s="2">
-        <v>1.75</v>
+        <v>1.74</v>
       </c>
       <c r="C66" s="2">
-        <v>1.75</v>
+        <v>1.74</v>
       </c>
       <c r="D66" s="2">
-        <v>1.75</v>
+        <v>1.74</v>
       </c>
       <c r="E66" s="2">
-        <v>8750</v>
+        <v>52</v>
       </c>
       <c r="F66" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G66" s="2">
-        <v>5000</v>
+        <v>30</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B67" s="2">
-        <v>1.7</v>
+        <v>1.74</v>
       </c>
       <c r="C67" s="2">
-        <v>1.7</v>
+        <v>1.67</v>
       </c>
       <c r="D67" s="2">
-        <v>1.7</v>
+        <v>1.74</v>
       </c>
       <c r="E67" s="2">
-        <v>1632</v>
+        <v>20621</v>
       </c>
       <c r="F67" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G67" s="2">
-        <v>960</v>
+        <v>12346</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B68" s="2">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="C68" s="2">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="D68" s="2">
-        <v>1.7</v>
+        <v>1.75</v>
       </c>
       <c r="E68" s="2">
-        <v>32317</v>
+        <v>8750</v>
       </c>
       <c r="F68" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G68" s="2">
-        <v>19010</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B69" s="2">
-        <v>1.78</v>
+        <v>1.7</v>
       </c>
       <c r="C69" s="2">
-        <v>1.78</v>
+        <v>1.7</v>
       </c>
       <c r="D69" s="2">
-        <v>1.78</v>
+        <v>1.7</v>
       </c>
       <c r="E69" s="2">
-        <v>3560</v>
+        <v>1632</v>
       </c>
       <c r="F69" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G69" s="2">
-        <v>2000</v>
+        <v>960</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B70" s="2">
-        <v>1.78</v>
+        <v>1.7</v>
       </c>
       <c r="C70" s="2">
-        <v>1.77</v>
+        <v>1.7</v>
       </c>
       <c r="D70" s="2">
-        <v>1.78</v>
+        <v>1.7</v>
       </c>
       <c r="E70" s="2">
-        <v>13688</v>
+        <v>32317</v>
       </c>
       <c r="F70" s="2">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G70" s="2">
-        <v>7705</v>
+        <v>19010</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B71" s="2">
-        <v>1.77</v>
+        <v>1.78</v>
       </c>
       <c r="C71" s="2">
-        <v>1.77</v>
+        <v>1.78</v>
       </c>
       <c r="D71" s="2">
-        <v>1.77</v>
+        <v>1.78</v>
       </c>
       <c r="E71" s="2">
-        <v>283</v>
+        <v>3560</v>
       </c>
       <c r="F71" s="2">
         <v>1</v>
       </c>
       <c r="G71" s="2">
-        <v>160</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B72" s="2">
-        <v>1.7</v>
+        <v>1.78</v>
       </c>
       <c r="C72" s="2">
-        <v>1.7</v>
+        <v>1.77</v>
       </c>
       <c r="D72" s="2">
-        <v>1.7</v>
+        <v>1.78</v>
       </c>
       <c r="E72" s="2">
-        <v>4004</v>
+        <v>13688</v>
       </c>
       <c r="F72" s="2">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G72" s="2">
-        <v>2355</v>
+        <v>7705</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B73" s="2">
-        <v>1.7</v>
+        <v>1.77</v>
       </c>
       <c r="C73" s="2">
-        <v>1.7</v>
+        <v>1.77</v>
       </c>
       <c r="D73" s="2">
-        <v>1.7</v>
+        <v>1.77</v>
       </c>
       <c r="E73" s="2">
-        <v>51</v>
+        <v>283</v>
       </c>
       <c r="F73" s="2">
         <v>1</v>
       </c>
       <c r="G73" s="2">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B74" s="2">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="C74" s="2">
-        <v>1.64</v>
+        <v>1.7</v>
       </c>
       <c r="D74" s="2">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="E74" s="2">
-        <v>15089</v>
+        <v>4004</v>
       </c>
       <c r="F74" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G74" s="2">
-        <v>9150</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B75" s="2">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="C75" s="2">
-        <v>1.72</v>
+        <v>1.7</v>
       </c>
       <c r="D75" s="2">
-        <v>1.72</v>
+        <v>1.7</v>
       </c>
       <c r="E75" s="2">
-        <v>26638</v>
+        <v>51</v>
       </c>
       <c r="F75" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G75" s="2">
-        <v>14111</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B76" s="2">
-        <v>2</v>
+        <v>1.65</v>
       </c>
       <c r="C76" s="2">
-        <v>2</v>
+        <v>1.64</v>
       </c>
       <c r="D76" s="2">
-        <v>2</v>
+        <v>1.65</v>
       </c>
       <c r="E76" s="2">
-        <v>60</v>
+        <v>15089</v>
       </c>
       <c r="F76" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G76" s="2">
-        <v>30</v>
+        <v>9150</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B77" s="2">
-        <v>2.84</v>
+        <v>1.9</v>
       </c>
       <c r="C77" s="2">
-        <v>2.84</v>
+        <v>1.72</v>
       </c>
       <c r="D77" s="2">
-        <v>2.84</v>
+        <v>1.72</v>
       </c>
       <c r="E77" s="2">
-        <v>2840</v>
+        <v>26638</v>
       </c>
       <c r="F77" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G77" s="2">
-        <v>1000</v>
+        <v>14111</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B78" s="2">
-        <v>2.99</v>
+        <v>2</v>
       </c>
       <c r="C78" s="2">
-        <v>2.99</v>
+        <v>2</v>
       </c>
       <c r="D78" s="2">
-        <v>2.99</v>
+        <v>2</v>
       </c>
       <c r="E78" s="2">
-        <v>299</v>
+        <v>60</v>
       </c>
       <c r="F78" s="2">
         <v>1</v>
       </c>
       <c r="G78" s="2">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B79" s="2">
-        <v>2.9</v>
+        <v>2.84</v>
       </c>
       <c r="C79" s="2">
-        <v>2.85</v>
+        <v>2.84</v>
       </c>
       <c r="D79" s="2">
-        <v>2.85</v>
+        <v>2.84</v>
       </c>
       <c r="E79" s="2">
-        <v>52603</v>
+        <v>2840</v>
       </c>
       <c r="F79" s="2">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="G79" s="2">
-        <v>18331</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B80" s="2">
-        <v>2.9</v>
+        <v>2.99</v>
       </c>
       <c r="C80" s="2">
-        <v>2.85</v>
+        <v>2.99</v>
       </c>
       <c r="D80" s="2">
-        <v>2.9</v>
+        <v>2.99</v>
       </c>
       <c r="E80" s="2">
-        <v>4132</v>
+        <v>299</v>
       </c>
       <c r="F80" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G80" s="2">
-        <v>1433</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B81" s="2">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="C81" s="2">
-        <v>3</v>
+        <v>2.85</v>
       </c>
       <c r="D81" s="2">
-        <v>3</v>
+        <v>2.85</v>
       </c>
       <c r="E81" s="2">
-        <v>300</v>
+        <v>52603</v>
       </c>
       <c r="F81" s="2">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="G81" s="2">
-        <v>100</v>
+        <v>18331</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B82" s="2">
-        <v>3.02</v>
+        <v>2.9</v>
       </c>
       <c r="C82" s="2">
-        <v>2.87</v>
+        <v>2.85</v>
       </c>
       <c r="D82" s="2">
-        <v>2.87</v>
+        <v>2.9</v>
       </c>
       <c r="E82" s="2">
-        <v>1510</v>
+        <v>4132</v>
       </c>
       <c r="F82" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G82" s="2">
-        <v>510</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B83" s="2">
-        <v>3.17</v>
+        <v>3</v>
       </c>
       <c r="C83" s="2">
-        <v>3.17</v>
+        <v>3</v>
       </c>
       <c r="D83" s="2">
-        <v>3.17</v>
+        <v>3</v>
       </c>
       <c r="E83" s="2">
-        <v>159</v>
+        <v>300</v>
       </c>
       <c r="F83" s="2">
         <v>1</v>
       </c>
       <c r="G83" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B84" s="2">
-        <v>3.33</v>
+        <v>3.02</v>
       </c>
       <c r="C84" s="2">
-        <v>3.33</v>
+        <v>2.87</v>
       </c>
       <c r="D84" s="2">
-        <v>3.33</v>
+        <v>2.87</v>
       </c>
       <c r="E84" s="2">
-        <v>3330</v>
+        <v>1510</v>
       </c>
       <c r="F84" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G84" s="2">
-        <v>1000</v>
+        <v>510</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B85" s="2">
-        <v>3.5</v>
+        <v>3.17</v>
       </c>
       <c r="C85" s="2">
-        <v>3.41</v>
+        <v>3.17</v>
       </c>
       <c r="D85" s="2">
-        <v>3.5</v>
+        <v>3.17</v>
       </c>
       <c r="E85" s="2">
-        <v>153634</v>
+        <v>159</v>
       </c>
       <c r="F85" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G85" s="2">
-        <v>43898</v>
+        <v>50</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B86" s="2">
-        <v>3.42</v>
+        <v>3.33</v>
       </c>
       <c r="C86" s="2">
-        <v>3.25</v>
+        <v>3.33</v>
       </c>
       <c r="D86" s="2">
-        <v>3.25</v>
+        <v>3.33</v>
       </c>
       <c r="E86" s="2">
-        <v>3421</v>
+        <v>3330</v>
       </c>
       <c r="F86" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G86" s="2">
-        <v>1050</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B87" s="2">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="C87" s="2">
-        <v>3.6</v>
+        <v>3.41</v>
       </c>
       <c r="D87" s="2">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="E87" s="2">
-        <v>72</v>
+        <v>153634</v>
       </c>
       <c r="F87" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G87" s="2">
-        <v>20</v>
+        <v>43898</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B88" s="2">
-        <v>3.5</v>
+        <v>3.42</v>
       </c>
       <c r="C88" s="2">
-        <v>3.5</v>
+        <v>3.25</v>
       </c>
       <c r="D88" s="2">
-        <v>3.5</v>
+        <v>3.25</v>
       </c>
       <c r="E88" s="2">
-        <v>7</v>
+        <v>3421</v>
       </c>
       <c r="F88" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G88" s="2">
-        <v>2</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B89" s="2">
         <v>3.6</v>
       </c>
       <c r="C89" s="2">
-        <v>3.55</v>
+        <v>3.6</v>
       </c>
       <c r="D89" s="2">
         <v>3.6</v>
       </c>
       <c r="E89" s="2">
-        <v>34700</v>
+        <v>72</v>
       </c>
       <c r="F89" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G89" s="2">
-        <v>9727</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B90" s="2">
-        <v>3.75</v>
+        <v>3.5</v>
       </c>
       <c r="C90" s="2">
-        <v>3.75</v>
+        <v>3.5</v>
       </c>
       <c r="D90" s="2">
-        <v>3.75</v>
+        <v>3.5</v>
       </c>
       <c r="E90" s="2">
-        <v>1875</v>
+        <v>7</v>
       </c>
       <c r="F90" s="2">
         <v>1</v>
       </c>
       <c r="G90" s="2">
-        <v>500</v>
+        <v>2</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B91" s="2">
         <v>3.6</v>
       </c>
       <c r="C91" s="2">
-        <v>3.6</v>
+        <v>3.55</v>
       </c>
       <c r="D91" s="2">
         <v>3.6</v>
       </c>
       <c r="E91" s="2">
-        <v>7200</v>
+        <v>34700</v>
       </c>
       <c r="F91" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G91" s="2">
-        <v>2000</v>
+        <v>9727</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B92" s="2">
         <v>3.75</v>
       </c>
       <c r="C92" s="2">
         <v>3.75</v>
       </c>
       <c r="D92" s="2">
         <v>3.75</v>
       </c>
       <c r="E92" s="2">
-        <v>600</v>
+        <v>1875</v>
       </c>
       <c r="F92" s="2">
         <v>1</v>
       </c>
       <c r="G92" s="2">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B93" s="2">
-        <v>3.62</v>
+        <v>3.6</v>
       </c>
       <c r="C93" s="2">
-        <v>3.55</v>
+        <v>3.6</v>
       </c>
       <c r="D93" s="2">
-        <v>3.62</v>
+        <v>3.6</v>
       </c>
       <c r="E93" s="2">
-        <v>2878</v>
+        <v>7200</v>
       </c>
       <c r="F93" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G93" s="2">
-        <v>800</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B94" s="2">
-        <v>3.45</v>
+        <v>3.75</v>
       </c>
       <c r="C94" s="2">
-        <v>3.45</v>
+        <v>3.75</v>
       </c>
       <c r="D94" s="2">
-        <v>3.45</v>
+        <v>3.75</v>
       </c>
       <c r="E94" s="2">
-        <v>404</v>
+        <v>600</v>
       </c>
       <c r="F94" s="2">
         <v>1</v>
       </c>
       <c r="G94" s="2">
-        <v>117</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B95" s="2">
-        <v>3.3</v>
+        <v>3.62</v>
       </c>
       <c r="C95" s="2">
-        <v>3.3</v>
+        <v>3.55</v>
       </c>
       <c r="D95" s="2">
-        <v>3.3</v>
+        <v>3.62</v>
       </c>
       <c r="E95" s="2">
-        <v>165330</v>
+        <v>2878</v>
       </c>
       <c r="F95" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G95" s="2">
-        <v>50100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B96" s="2">
-        <v>3.3</v>
+        <v>3.45</v>
       </c>
       <c r="C96" s="2">
-        <v>3.3</v>
+        <v>3.45</v>
       </c>
       <c r="D96" s="2">
-        <v>3.3</v>
+        <v>3.45</v>
       </c>
       <c r="E96" s="2">
-        <v>165000</v>
+        <v>404</v>
       </c>
       <c r="F96" s="2">
         <v>1</v>
       </c>
       <c r="G96" s="2">
-        <v>50000</v>
+        <v>117</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B97" s="2">
         <v>3.3</v>
       </c>
       <c r="C97" s="2">
-        <v>3.15</v>
+        <v>3.3</v>
       </c>
       <c r="D97" s="2">
         <v>3.3</v>
       </c>
       <c r="E97" s="2">
-        <v>112827</v>
+        <v>165330</v>
       </c>
       <c r="F97" s="2">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="G97" s="2">
-        <v>34428</v>
+        <v>50100</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B98" s="2">
-        <v>3.15</v>
+        <v>3.3</v>
       </c>
       <c r="C98" s="2">
-        <v>3.15</v>
+        <v>3.3</v>
       </c>
       <c r="D98" s="2">
-        <v>3.15</v>
+        <v>3.3</v>
       </c>
       <c r="E98" s="2">
-        <v>315</v>
+        <v>165000</v>
       </c>
       <c r="F98" s="2">
         <v>1</v>
       </c>
       <c r="G98" s="2">
-        <v>100</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B99" s="2">
-        <v>3.12</v>
+        <v>3.3</v>
       </c>
       <c r="C99" s="2">
-        <v>2.98</v>
+        <v>3.15</v>
       </c>
       <c r="D99" s="2">
-        <v>3</v>
+        <v>3.3</v>
       </c>
       <c r="E99" s="2">
-        <v>185782</v>
+        <v>112827</v>
       </c>
       <c r="F99" s="2">
         <v>12</v>
       </c>
       <c r="G99" s="2">
-        <v>61905</v>
+        <v>34428</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B100" s="2">
-        <v>2.95</v>
+        <v>3.15</v>
       </c>
       <c r="C100" s="2">
-        <v>2.75</v>
+        <v>3.15</v>
       </c>
       <c r="D100" s="2">
-        <v>2.85</v>
+        <v>3.15</v>
       </c>
       <c r="E100" s="2">
-        <v>6965</v>
+        <v>315</v>
       </c>
       <c r="F100" s="2">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G100" s="2">
-        <v>2451</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B101" s="2">
-        <v>2.84</v>
+        <v>3.12</v>
       </c>
       <c r="C101" s="2">
-        <v>2.7</v>
+        <v>2.98</v>
       </c>
       <c r="D101" s="2">
-        <v>2.7</v>
+        <v>3</v>
       </c>
       <c r="E101" s="2">
-        <v>554</v>
+        <v>185782</v>
       </c>
       <c r="F101" s="2">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="G101" s="2">
-        <v>200</v>
+        <v>61905</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B102" s="2">
-        <v>3.14</v>
+        <v>2.95</v>
       </c>
       <c r="C102" s="2">
-        <v>2.99</v>
+        <v>2.75</v>
       </c>
       <c r="D102" s="2">
-        <v>2.99</v>
+        <v>2.85</v>
       </c>
       <c r="E102" s="2">
-        <v>5885</v>
+        <v>6965</v>
       </c>
       <c r="F102" s="2">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="G102" s="2">
-        <v>1886</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B103" s="2">
-        <v>3.3</v>
+        <v>2.84</v>
       </c>
       <c r="C103" s="2">
-        <v>3.3</v>
+        <v>2.7</v>
       </c>
       <c r="D103" s="2">
-        <v>3.3</v>
+        <v>2.7</v>
       </c>
       <c r="E103" s="2">
-        <v>5900</v>
+        <v>554</v>
       </c>
       <c r="F103" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G103" s="2">
-        <v>1788</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B104" s="2">
-        <v>3.26</v>
+        <v>3.14</v>
       </c>
       <c r="C104" s="2">
-        <v>3.26</v>
+        <v>2.99</v>
       </c>
       <c r="D104" s="2">
-        <v>3.26</v>
+        <v>2.99</v>
       </c>
       <c r="E104" s="2">
-        <v>3302</v>
+        <v>5885</v>
       </c>
       <c r="F104" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G104" s="2">
-        <v>1013</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B105" s="2">
         <v>3.3</v>
       </c>
       <c r="C105" s="2">
-        <v>3.09</v>
+        <v>3.3</v>
       </c>
       <c r="D105" s="2">
         <v>3.3</v>
       </c>
       <c r="E105" s="2">
-        <v>161813</v>
+        <v>5900</v>
       </c>
       <c r="F105" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G105" s="2">
-        <v>49058</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B106" s="2">
-        <v>2.95</v>
+        <v>3.26</v>
       </c>
       <c r="C106" s="2">
-        <v>2.8</v>
+        <v>3.26</v>
       </c>
       <c r="D106" s="2">
-        <v>2.95</v>
+        <v>3.26</v>
       </c>
       <c r="E106" s="2">
-        <v>745</v>
+        <v>3302</v>
       </c>
       <c r="F106" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G106" s="2">
-        <v>254</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B107" s="2">
-        <v>2.83</v>
+        <v>3.3</v>
       </c>
       <c r="C107" s="2">
-        <v>2.81</v>
+        <v>3.09</v>
       </c>
       <c r="D107" s="2">
-        <v>2.81</v>
+        <v>3.3</v>
       </c>
       <c r="E107" s="2">
-        <v>30621</v>
+        <v>161813</v>
       </c>
       <c r="F107" s="2">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G107" s="2">
-        <v>10897</v>
+        <v>49058</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B108" s="2">
         <v>2.95</v>
       </c>
       <c r="C108" s="2">
-        <v>2.95</v>
+        <v>2.8</v>
       </c>
       <c r="D108" s="2">
         <v>2.95</v>
       </c>
       <c r="E108" s="2">
-        <v>829</v>
+        <v>745</v>
       </c>
       <c r="F108" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G108" s="2">
-        <v>281</v>
+        <v>254</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B109" s="2">
-        <v>4.6</v>
+        <v>2.83</v>
       </c>
       <c r="C109" s="2">
-        <v>4.6</v>
+        <v>2.81</v>
       </c>
       <c r="D109" s="2">
-        <v>4.6</v>
+        <v>2.81</v>
       </c>
       <c r="E109" s="2">
-        <v>115</v>
+        <v>30621</v>
       </c>
       <c r="F109" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G109" s="2">
-        <v>25</v>
+        <v>10897</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B110" s="2">
-        <v>4.42</v>
+        <v>2.95</v>
       </c>
       <c r="C110" s="2">
-        <v>4.42</v>
+        <v>2.95</v>
       </c>
       <c r="D110" s="2">
-        <v>4.42</v>
+        <v>2.95</v>
       </c>
       <c r="E110" s="2">
-        <v>2652</v>
+        <v>829</v>
       </c>
       <c r="F110" s="2">
         <v>3</v>
       </c>
       <c r="G110" s="2">
-        <v>600</v>
+        <v>281</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B111" s="2">
-        <v>4.65</v>
+        <v>4.6</v>
       </c>
       <c r="C111" s="2">
-        <v>4.65</v>
+        <v>4.6</v>
       </c>
       <c r="D111" s="2">
-        <v>4.65</v>
+        <v>4.6</v>
       </c>
       <c r="E111" s="2">
-        <v>6045</v>
+        <v>115</v>
       </c>
       <c r="F111" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G111" s="2">
-        <v>1300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B112" s="2">
-        <v>4.7</v>
+        <v>4.42</v>
       </c>
       <c r="C112" s="2">
-        <v>4.7</v>
+        <v>4.42</v>
       </c>
       <c r="D112" s="2">
-        <v>4.7</v>
+        <v>4.42</v>
       </c>
       <c r="E112" s="2">
-        <v>2820</v>
+        <v>2652</v>
       </c>
       <c r="F112" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G112" s="2">
         <v>600</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B113" s="2">
-        <v>4.7</v>
+        <v>4.65</v>
       </c>
       <c r="C113" s="2">
-        <v>4.7</v>
+        <v>4.65</v>
       </c>
       <c r="D113" s="2">
-        <v>4.7</v>
+        <v>4.65</v>
       </c>
       <c r="E113" s="2">
-        <v>470</v>
+        <v>6045</v>
       </c>
       <c r="F113" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G113" s="2">
-        <v>100</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B114" s="2">
         <v>4.7</v>
       </c>
       <c r="C114" s="2">
-        <v>4.68</v>
+        <v>4.7</v>
       </c>
       <c r="D114" s="2">
         <v>4.7</v>
       </c>
       <c r="E114" s="2">
-        <v>8912</v>
+        <v>2820</v>
       </c>
       <c r="F114" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G114" s="2">
-        <v>1900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B115" s="2">
+        <v>4.7</v>
+      </c>
+      <c r="C115" s="2">
+        <v>4.7</v>
+      </c>
+      <c r="D115" s="2">
+        <v>4.7</v>
+      </c>
+      <c r="E115" s="2">
+        <v>470</v>
+      </c>
+      <c r="F115" s="2">
+        <v>1</v>
+      </c>
+      <c r="G115" s="2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B116" s="2">
+        <v>4.7</v>
+      </c>
+      <c r="C116" s="2">
+        <v>4.68</v>
+      </c>
+      <c r="D116" s="2">
+        <v>4.7</v>
+      </c>
+      <c r="E116" s="2">
+        <v>8912</v>
+      </c>
+      <c r="F116" s="2">
+        <v>6</v>
+      </c>
+      <c r="G116" s="2">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7">
+      <c r="A117" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B117" s="2">
         <v>4.85</v>
       </c>
-      <c r="C115" s="2">
+      <c r="C117" s="2">
         <v>4.85</v>
       </c>
-      <c r="D115" s="2">
+      <c r="D117" s="2">
         <v>4.85</v>
       </c>
-      <c r="E115" s="2">
+      <c r="E117" s="2">
         <v>970</v>
       </c>
-      <c r="F115" s="2">
+      <c r="F117" s="2">
         <v>2</v>
       </c>
-      <c r="G115" s="2">
+      <c r="G117" s="2">
         <v>200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>