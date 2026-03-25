--- v0 (2026-01-09)
+++ v1 (2026-03-25)
@@ -12,71 +12,77 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Historical Trading Indicators" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Closing</t>
   </si>
   <si>
     <t>Value Traded</t>
   </si>
   <si>
     <t>No. of Trans</t>
   </si>
   <si>
     <t>No. of Shares</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/11/2025</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>03/08/2025</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>04/05/2025</t>
   </si>
@@ -1090,5331 +1096,5377 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G229"/>
+  <dimension ref="A1:G231"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:G229"/>
+      <selection activeCell="A2" sqref="A2:G231"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="2">
-        <v>3.35</v>
+        <v>3.33</v>
       </c>
       <c r="C2" s="2">
         <v>3.1</v>
       </c>
       <c r="D2" s="2">
-        <v>3.3</v>
+        <v>3.15</v>
       </c>
       <c r="E2" s="2">
-        <v>49409</v>
+        <v>53993</v>
       </c>
       <c r="F2" s="2">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="G2" s="2">
-        <v>15509</v>
+        <v>16928</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2">
-        <v>3.15</v>
+        <v>3.3</v>
       </c>
       <c r="C3" s="2">
-        <v>3.06</v>
+        <v>3.21</v>
       </c>
       <c r="D3" s="2">
-        <v>3.09</v>
+        <v>3.29</v>
       </c>
       <c r="E3" s="2">
-        <v>34161</v>
+        <v>9220</v>
       </c>
       <c r="F3" s="2">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G3" s="2">
-        <v>11040</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2">
+        <v>3.35</v>
+      </c>
+      <c r="C4" s="2">
         <v>3.1</v>
       </c>
-      <c r="C4" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D4" s="2">
-        <v>3.1</v>
+        <v>3.3</v>
       </c>
       <c r="E4" s="2">
-        <v>44819</v>
+        <v>49409</v>
       </c>
       <c r="F4" s="2">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="G4" s="2">
-        <v>14847</v>
+        <v>15509</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="2">
-        <v>3.04</v>
+        <v>3.15</v>
       </c>
       <c r="C5" s="2">
-        <v>2.92</v>
+        <v>3.06</v>
       </c>
       <c r="D5" s="2">
-        <v>2.95</v>
+        <v>3.09</v>
       </c>
       <c r="E5" s="2">
-        <v>46228</v>
+        <v>34161</v>
       </c>
       <c r="F5" s="2">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G5" s="2">
-        <v>15581</v>
+        <v>11040</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="2">
-        <v>3.03</v>
+        <v>3.1</v>
       </c>
       <c r="C6" s="2">
-        <v>2.9</v>
+        <v>2.95</v>
       </c>
       <c r="D6" s="2">
-        <v>3.01</v>
+        <v>3.1</v>
       </c>
       <c r="E6" s="2">
-        <v>38866</v>
+        <v>44819</v>
       </c>
       <c r="F6" s="2">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="G6" s="2">
-        <v>13073</v>
+        <v>14847</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="2">
-        <v>3.15</v>
+        <v>3.04</v>
       </c>
       <c r="C7" s="2">
-        <v>2.94</v>
+        <v>2.92</v>
       </c>
       <c r="D7" s="2">
-        <v>2.99</v>
+        <v>2.95</v>
       </c>
       <c r="E7" s="2">
-        <v>46234</v>
+        <v>46228</v>
       </c>
       <c r="F7" s="2">
-        <v>113</v>
+        <v>53</v>
       </c>
       <c r="G7" s="2">
-        <v>15438</v>
+        <v>15581</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2">
-        <v>2.99</v>
+        <v>3.03</v>
       </c>
       <c r="C8" s="2">
-        <v>2.81</v>
+        <v>2.9</v>
       </c>
       <c r="D8" s="2">
-        <v>2.99</v>
+        <v>3.01</v>
       </c>
       <c r="E8" s="2">
-        <v>32682</v>
+        <v>38866</v>
       </c>
       <c r="F8" s="2">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="G8" s="2">
-        <v>11456</v>
+        <v>13073</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="2">
-        <v>2.85</v>
+        <v>3.15</v>
       </c>
       <c r="C9" s="2">
-        <v>2.7</v>
+        <v>2.94</v>
       </c>
       <c r="D9" s="2">
-        <v>2.85</v>
+        <v>2.99</v>
       </c>
       <c r="E9" s="2">
-        <v>86338</v>
+        <v>46234</v>
       </c>
       <c r="F9" s="2">
-        <v>43</v>
+        <v>113</v>
       </c>
       <c r="G9" s="2">
-        <v>31288</v>
+        <v>15438</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="2">
-        <v>3.05</v>
+        <v>2.99</v>
       </c>
       <c r="C10" s="2">
-        <v>2.63</v>
+        <v>2.81</v>
       </c>
       <c r="D10" s="2">
-        <v>2.75</v>
+        <v>2.99</v>
       </c>
       <c r="E10" s="2">
-        <v>19038</v>
+        <v>32682</v>
       </c>
       <c r="F10" s="2">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="G10" s="2">
-        <v>6665</v>
+        <v>11456</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="2">
-        <v>2.99</v>
+        <v>2.85</v>
       </c>
       <c r="C11" s="2">
-        <v>2.86</v>
+        <v>2.7</v>
       </c>
       <c r="D11" s="2">
-        <v>2.98</v>
+        <v>2.85</v>
       </c>
       <c r="E11" s="2">
-        <v>34605</v>
+        <v>86338</v>
       </c>
       <c r="F11" s="2">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="G11" s="2">
-        <v>11846</v>
+        <v>31288</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="2">
-        <v>2.9</v>
+        <v>3.05</v>
       </c>
       <c r="C12" s="2">
-        <v>2.69</v>
+        <v>2.63</v>
       </c>
       <c r="D12" s="2">
-        <v>2.86</v>
+        <v>2.75</v>
       </c>
       <c r="E12" s="2">
-        <v>186016</v>
+        <v>19038</v>
       </c>
       <c r="F12" s="2">
-        <v>129</v>
+        <v>45</v>
       </c>
       <c r="G12" s="2">
-        <v>65780</v>
+        <v>6665</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="2">
-        <v>2.8</v>
+        <v>2.99</v>
       </c>
       <c r="C13" s="2">
-        <v>2.55</v>
+        <v>2.86</v>
       </c>
       <c r="D13" s="2">
-        <v>2.75</v>
+        <v>2.98</v>
       </c>
       <c r="E13" s="2">
-        <v>41920</v>
+        <v>34605</v>
       </c>
       <c r="F13" s="2">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="G13" s="2">
-        <v>15824</v>
+        <v>11846</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="2">
-        <v>2.62</v>
+        <v>2.9</v>
       </c>
       <c r="C14" s="2">
-        <v>2.45</v>
+        <v>2.69</v>
       </c>
       <c r="D14" s="2">
-        <v>2.45</v>
+        <v>2.86</v>
       </c>
       <c r="E14" s="2">
-        <v>1185592</v>
+        <v>186016</v>
       </c>
       <c r="F14" s="2">
-        <v>92</v>
+        <v>129</v>
       </c>
       <c r="G14" s="2">
-        <v>467579</v>
+        <v>65780</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="2">
-        <v>2.62</v>
+        <v>2.8</v>
       </c>
       <c r="C15" s="2">
-        <v>2.53</v>
+        <v>2.55</v>
       </c>
       <c r="D15" s="2">
-        <v>2.53</v>
+        <v>2.75</v>
       </c>
       <c r="E15" s="2">
-        <v>768</v>
+        <v>41920</v>
       </c>
       <c r="F15" s="2">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="G15" s="2">
-        <v>295</v>
+        <v>15824</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="2">
-        <v>2.63</v>
+        <v>2.62</v>
       </c>
       <c r="C16" s="2">
-        <v>2.5</v>
+        <v>2.45</v>
       </c>
       <c r="D16" s="2">
-        <v>2.54</v>
+        <v>2.45</v>
       </c>
       <c r="E16" s="2">
-        <v>93615</v>
+        <v>1185592</v>
       </c>
       <c r="F16" s="2">
-        <v>72</v>
+        <v>92</v>
       </c>
       <c r="G16" s="2">
-        <v>36611</v>
+        <v>467579</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="2">
-        <v>2.57</v>
+        <v>2.62</v>
       </c>
       <c r="C17" s="2">
-        <v>2.5</v>
+        <v>2.53</v>
       </c>
       <c r="D17" s="2">
-        <v>2.52</v>
+        <v>2.53</v>
       </c>
       <c r="E17" s="2">
-        <v>17099</v>
+        <v>768</v>
       </c>
       <c r="F17" s="2">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="G17" s="2">
-        <v>6778</v>
+        <v>295</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="2">
-        <v>2.57</v>
+        <v>2.63</v>
       </c>
       <c r="C18" s="2">
-        <v>2.47</v>
+        <v>2.5</v>
       </c>
       <c r="D18" s="2">
-        <v>2.5</v>
+        <v>2.54</v>
       </c>
       <c r="E18" s="2">
-        <v>25243</v>
+        <v>93615</v>
       </c>
       <c r="F18" s="2">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="G18" s="2">
-        <v>10088</v>
+        <v>36611</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="2">
-        <v>2.6</v>
+        <v>2.57</v>
       </c>
       <c r="C19" s="2">
-        <v>2.44</v>
+        <v>2.5</v>
       </c>
       <c r="D19" s="2">
-        <v>2.54</v>
+        <v>2.52</v>
       </c>
       <c r="E19" s="2">
-        <v>53340</v>
+        <v>17099</v>
       </c>
       <c r="F19" s="2">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="G19" s="2">
-        <v>21172</v>
+        <v>6778</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="2">
+        <v>2.57</v>
+      </c>
+      <c r="C20" s="2">
+        <v>2.47</v>
+      </c>
+      <c r="D20" s="2">
         <v>2.5</v>
       </c>
-      <c r="C20" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="2">
-        <v>12258</v>
+        <v>25243</v>
       </c>
       <c r="F20" s="2">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G20" s="2">
-        <v>4993</v>
+        <v>10088</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="2">
-        <v>2.53</v>
+        <v>2.6</v>
       </c>
       <c r="C21" s="2">
-        <v>2.41</v>
+        <v>2.44</v>
       </c>
       <c r="D21" s="2">
-        <v>2.52</v>
+        <v>2.54</v>
       </c>
       <c r="E21" s="2">
-        <v>3312</v>
+        <v>53340</v>
       </c>
       <c r="F21" s="2">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="G21" s="2">
-        <v>1338</v>
+        <v>21172</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="2">
-        <v>2.59</v>
+        <v>2.5</v>
       </c>
       <c r="C22" s="2">
-        <v>2.5</v>
+        <v>2.44</v>
       </c>
       <c r="D22" s="2">
-        <v>2.55</v>
+        <v>2.47</v>
       </c>
       <c r="E22" s="2">
-        <v>32184</v>
+        <v>12258</v>
       </c>
       <c r="F22" s="2">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="G22" s="2">
-        <v>12642</v>
+        <v>4993</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="2">
-        <v>2.58</v>
+        <v>2.53</v>
       </c>
       <c r="C23" s="2">
-        <v>2.5</v>
+        <v>2.41</v>
       </c>
       <c r="D23" s="2">
-        <v>2.5</v>
+        <v>2.52</v>
       </c>
       <c r="E23" s="2">
-        <v>35877</v>
+        <v>3312</v>
       </c>
       <c r="F23" s="2">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="G23" s="2">
-        <v>14179</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="2">
-        <v>2.58</v>
+        <v>2.59</v>
       </c>
       <c r="C24" s="2">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="D24" s="2">
-        <v>2.54</v>
+        <v>2.55</v>
       </c>
       <c r="E24" s="2">
-        <v>93323</v>
+        <v>32184</v>
       </c>
       <c r="F24" s="2">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="G24" s="2">
-        <v>37347</v>
+        <v>12642</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="2">
-        <v>2.49</v>
+        <v>2.58</v>
       </c>
       <c r="C25" s="2">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="D25" s="2">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="E25" s="2">
-        <v>29498</v>
+        <v>35877</v>
       </c>
       <c r="F25" s="2">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="G25" s="2">
-        <v>12173</v>
+        <v>14179</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="2">
-        <v>2.45</v>
+        <v>2.58</v>
       </c>
       <c r="C26" s="2">
         <v>2.4</v>
       </c>
       <c r="D26" s="2">
-        <v>2.4</v>
+        <v>2.54</v>
       </c>
       <c r="E26" s="2">
-        <v>20975</v>
+        <v>93323</v>
       </c>
       <c r="F26" s="2">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="G26" s="2">
-        <v>8620</v>
+        <v>37347</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="2">
-        <v>2.46</v>
+        <v>2.49</v>
       </c>
       <c r="C27" s="2">
-        <v>2.41</v>
+        <v>2.4</v>
       </c>
       <c r="D27" s="2">
-        <v>2.46</v>
+        <v>2.4</v>
       </c>
       <c r="E27" s="2">
-        <v>14111</v>
+        <v>29498</v>
       </c>
       <c r="F27" s="2">
-        <v>43</v>
+        <v>86</v>
       </c>
       <c r="G27" s="2">
-        <v>5780</v>
+        <v>12173</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="2">
-        <v>2.73</v>
+        <v>2.45</v>
       </c>
       <c r="C28" s="2">
-        <v>2.41</v>
+        <v>2.4</v>
       </c>
       <c r="D28" s="2">
-        <v>2.45</v>
+        <v>2.4</v>
       </c>
       <c r="E28" s="2">
-        <v>36790</v>
+        <v>20975</v>
       </c>
       <c r="F28" s="2">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="G28" s="2">
-        <v>14690</v>
+        <v>8620</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B29" s="2">
-        <v>2.5</v>
+        <v>2.46</v>
       </c>
       <c r="C29" s="2">
-        <v>2.44</v>
+        <v>2.41</v>
       </c>
       <c r="D29" s="2">
-        <v>2.5</v>
+        <v>2.46</v>
       </c>
       <c r="E29" s="2">
-        <v>34881</v>
+        <v>14111</v>
       </c>
       <c r="F29" s="2">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="G29" s="2">
-        <v>14022</v>
+        <v>5780</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="2">
-        <v>2.6</v>
+        <v>2.73</v>
       </c>
       <c r="C30" s="2">
         <v>2.41</v>
       </c>
       <c r="D30" s="2">
-        <v>2.5</v>
+        <v>2.45</v>
       </c>
       <c r="E30" s="2">
-        <v>165390</v>
+        <v>36790</v>
       </c>
       <c r="F30" s="2">
-        <v>230</v>
+        <v>71</v>
       </c>
       <c r="G30" s="2">
-        <v>66058</v>
+        <v>14690</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B31" s="2">
-        <v>3.05</v>
+        <v>2.5</v>
       </c>
       <c r="C31" s="2">
-        <v>2.42</v>
+        <v>2.44</v>
       </c>
       <c r="D31" s="2">
-        <v>2.47</v>
+        <v>2.5</v>
       </c>
       <c r="E31" s="2">
-        <v>116916</v>
+        <v>34881</v>
       </c>
       <c r="F31" s="2">
-        <v>153</v>
+        <v>70</v>
       </c>
       <c r="G31" s="2">
-        <v>41187</v>
+        <v>14022</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B32" s="2">
-        <v>3.2</v>
+        <v>2.6</v>
       </c>
       <c r="C32" s="2">
-        <v>3.04</v>
+        <v>2.41</v>
       </c>
       <c r="D32" s="2">
-        <v>3.1</v>
+        <v>2.5</v>
       </c>
       <c r="E32" s="2">
-        <v>32831</v>
+        <v>165390</v>
       </c>
       <c r="F32" s="2">
-        <v>57</v>
+        <v>230</v>
       </c>
       <c r="G32" s="2">
-        <v>10580</v>
+        <v>66058</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B33" s="2">
-        <v>3.43</v>
+        <v>3.05</v>
       </c>
       <c r="C33" s="2">
-        <v>2.99</v>
+        <v>2.42</v>
       </c>
       <c r="D33" s="2">
-        <v>3.12</v>
+        <v>2.47</v>
       </c>
       <c r="E33" s="2">
-        <v>139677</v>
+        <v>116916</v>
       </c>
       <c r="F33" s="2">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="G33" s="2">
-        <v>45211</v>
+        <v>41187</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="2">
-        <v>3.44</v>
+        <v>3.2</v>
       </c>
       <c r="C34" s="2">
-        <v>3</v>
+        <v>3.04</v>
       </c>
       <c r="D34" s="2">
-        <v>3.44</v>
+        <v>3.1</v>
       </c>
       <c r="E34" s="2">
-        <v>1686460</v>
+        <v>32831</v>
       </c>
       <c r="F34" s="2">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="G34" s="2">
-        <v>529760</v>
+        <v>10580</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B35" s="2">
-        <v>3.23</v>
+        <v>3.43</v>
       </c>
       <c r="C35" s="2">
+        <v>2.99</v>
+      </c>
+      <c r="D35" s="2">
         <v>3.12</v>
       </c>
-      <c r="D35" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="2">
-        <v>42023</v>
+        <v>139677</v>
       </c>
       <c r="F35" s="2">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="G35" s="2">
-        <v>13263</v>
+        <v>45211</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B36" s="2">
-        <v>3.24</v>
+        <v>3.44</v>
       </c>
       <c r="C36" s="2">
-        <v>3.06</v>
+        <v>3</v>
       </c>
       <c r="D36" s="2">
-        <v>3.2</v>
+        <v>3.44</v>
       </c>
       <c r="E36" s="2">
-        <v>88686</v>
+        <v>1686460</v>
       </c>
       <c r="F36" s="2">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="G36" s="2">
-        <v>28317</v>
+        <v>529760</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="2">
-        <v>3.11</v>
+        <v>3.23</v>
       </c>
       <c r="C37" s="2">
-        <v>2.89</v>
+        <v>3.12</v>
       </c>
       <c r="D37" s="2">
-        <v>3.1</v>
+        <v>3.17</v>
       </c>
       <c r="E37" s="2">
-        <v>165763</v>
+        <v>42023</v>
       </c>
       <c r="F37" s="2">
-        <v>137</v>
+        <v>45</v>
       </c>
       <c r="G37" s="2">
-        <v>55522</v>
+        <v>13263</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B38" s="2">
-        <v>3</v>
+        <v>3.24</v>
       </c>
       <c r="C38" s="2">
-        <v>2.89</v>
+        <v>3.06</v>
       </c>
       <c r="D38" s="2">
-        <v>2.95</v>
+        <v>3.2</v>
       </c>
       <c r="E38" s="2">
-        <v>77410</v>
+        <v>88686</v>
       </c>
       <c r="F38" s="2">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="G38" s="2">
-        <v>26428</v>
+        <v>28317</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B39" s="2">
-        <v>3</v>
+        <v>3.11</v>
       </c>
       <c r="C39" s="2">
-        <v>2.83</v>
+        <v>2.89</v>
       </c>
       <c r="D39" s="2">
-        <v>3</v>
+        <v>3.1</v>
       </c>
       <c r="E39" s="2">
-        <v>67528</v>
+        <v>165763</v>
       </c>
       <c r="F39" s="2">
-        <v>59</v>
+        <v>137</v>
       </c>
       <c r="G39" s="2">
-        <v>22864</v>
+        <v>55522</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B40" s="2">
-        <v>3.09</v>
+        <v>3</v>
       </c>
       <c r="C40" s="2">
-        <v>2.97</v>
+        <v>2.89</v>
       </c>
       <c r="D40" s="2">
-        <v>3.04</v>
+        <v>2.95</v>
       </c>
       <c r="E40" s="2">
-        <v>30900</v>
+        <v>77410</v>
       </c>
       <c r="F40" s="2">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="G40" s="2">
-        <v>10201</v>
+        <v>26428</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B41" s="2">
-        <v>3.13</v>
+        <v>3</v>
       </c>
       <c r="C41" s="2">
-        <v>3.06</v>
+        <v>2.83</v>
       </c>
       <c r="D41" s="2">
-        <v>3.1</v>
+        <v>3</v>
       </c>
       <c r="E41" s="2">
-        <v>46500</v>
+        <v>67528</v>
       </c>
       <c r="F41" s="2">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G41" s="2">
-        <v>15018</v>
+        <v>22864</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B42" s="2">
-        <v>3.25</v>
+        <v>3.09</v>
       </c>
       <c r="C42" s="2">
-        <v>3.07</v>
+        <v>2.97</v>
       </c>
       <c r="D42" s="2">
-        <v>3.15</v>
+        <v>3.04</v>
       </c>
       <c r="E42" s="2">
-        <v>22069</v>
+        <v>30900</v>
       </c>
       <c r="F42" s="2">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="G42" s="2">
-        <v>7007</v>
+        <v>10201</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B43" s="2">
-        <v>3.28</v>
+        <v>3.13</v>
       </c>
       <c r="C43" s="2">
-        <v>3.01</v>
+        <v>3.06</v>
       </c>
       <c r="D43" s="2">
-        <v>3.22</v>
+        <v>3.1</v>
       </c>
       <c r="E43" s="2">
-        <v>226723</v>
+        <v>46500</v>
       </c>
       <c r="F43" s="2">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="G43" s="2">
-        <v>74159</v>
+        <v>15018</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B44" s="2">
-        <v>3.27</v>
+        <v>3.25</v>
       </c>
       <c r="C44" s="2">
-        <v>2.9</v>
+        <v>3.07</v>
       </c>
       <c r="D44" s="2">
-        <v>3.02</v>
+        <v>3.15</v>
       </c>
       <c r="E44" s="2">
-        <v>80736</v>
+        <v>22069</v>
       </c>
       <c r="F44" s="2">
-        <v>105</v>
+        <v>30</v>
       </c>
       <c r="G44" s="2">
-        <v>26696</v>
+        <v>7007</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="2">
-        <v>3.53</v>
+        <v>3.28</v>
       </c>
       <c r="C45" s="2">
-        <v>3</v>
+        <v>3.01</v>
       </c>
       <c r="D45" s="2">
-        <v>3.26</v>
+        <v>3.22</v>
       </c>
       <c r="E45" s="2">
-        <v>73917</v>
+        <v>226723</v>
       </c>
       <c r="F45" s="2">
-        <v>103</v>
+        <v>86</v>
       </c>
       <c r="G45" s="2">
-        <v>23290</v>
+        <v>74159</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B46" s="2">
-        <v>3.99</v>
+        <v>3.27</v>
       </c>
       <c r="C46" s="2">
-        <v>3.24</v>
+        <v>2.9</v>
       </c>
       <c r="D46" s="2">
-        <v>3.24</v>
+        <v>3.02</v>
       </c>
       <c r="E46" s="2">
-        <v>109555</v>
+        <v>80736</v>
       </c>
       <c r="F46" s="2">
-        <v>131</v>
+        <v>105</v>
       </c>
       <c r="G46" s="2">
-        <v>28909</v>
+        <v>26696</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B47" s="2">
-        <v>4</v>
+        <v>3.53</v>
       </c>
       <c r="C47" s="2">
-        <v>3.74</v>
+        <v>3</v>
       </c>
       <c r="D47" s="2">
-        <v>3.78</v>
+        <v>3.26</v>
       </c>
       <c r="E47" s="2">
-        <v>147542</v>
+        <v>73917</v>
       </c>
       <c r="F47" s="2">
-        <v>72</v>
+        <v>103</v>
       </c>
       <c r="G47" s="2">
-        <v>39131</v>
+        <v>23290</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B48" s="2">
         <v>3.99</v>
       </c>
       <c r="C48" s="2">
-        <v>3.75</v>
+        <v>3.24</v>
       </c>
       <c r="D48" s="2">
-        <v>3.82</v>
+        <v>3.24</v>
       </c>
       <c r="E48" s="2">
-        <v>32454</v>
+        <v>109555</v>
       </c>
       <c r="F48" s="2">
-        <v>31</v>
+        <v>131</v>
       </c>
       <c r="G48" s="2">
-        <v>8555</v>
+        <v>28909</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B49" s="2">
-        <v>3.95</v>
+        <v>4</v>
       </c>
       <c r="C49" s="2">
-        <v>3.79</v>
+        <v>3.74</v>
       </c>
       <c r="D49" s="2">
-        <v>3.85</v>
+        <v>3.78</v>
       </c>
       <c r="E49" s="2">
-        <v>114116</v>
+        <v>147542</v>
       </c>
       <c r="F49" s="2">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="G49" s="2">
-        <v>29774</v>
+        <v>39131</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B50" s="2">
-        <v>3.86</v>
+        <v>3.99</v>
       </c>
       <c r="C50" s="2">
-        <v>3.74</v>
+        <v>3.75</v>
       </c>
       <c r="D50" s="2">
-        <v>3.79</v>
+        <v>3.82</v>
       </c>
       <c r="E50" s="2">
-        <v>6145662</v>
+        <v>32454</v>
       </c>
       <c r="F50" s="2">
-        <v>86</v>
+        <v>31</v>
       </c>
       <c r="G50" s="2">
-        <v>1608850</v>
+        <v>8555</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B51" s="2">
-        <v>3.9</v>
+        <v>3.95</v>
       </c>
       <c r="C51" s="2">
-        <v>3.62</v>
+        <v>3.79</v>
       </c>
       <c r="D51" s="2">
         <v>3.85</v>
       </c>
       <c r="E51" s="2">
-        <v>4493182</v>
+        <v>114116</v>
       </c>
       <c r="F51" s="2">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="G51" s="2">
-        <v>1225649</v>
+        <v>29774</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B52" s="2">
-        <v>3.9</v>
+        <v>3.86</v>
       </c>
       <c r="C52" s="2">
-        <v>3.66</v>
+        <v>3.74</v>
       </c>
       <c r="D52" s="2">
-        <v>3.85</v>
+        <v>3.79</v>
       </c>
       <c r="E52" s="2">
-        <v>11817</v>
+        <v>6145662</v>
       </c>
       <c r="F52" s="2">
-        <v>18</v>
+        <v>86</v>
       </c>
       <c r="G52" s="2">
-        <v>3078</v>
+        <v>1608850</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B53" s="2">
         <v>3.9</v>
       </c>
       <c r="C53" s="2">
-        <v>3.72</v>
+        <v>3.62</v>
       </c>
       <c r="D53" s="2">
-        <v>3.88</v>
+        <v>3.85</v>
       </c>
       <c r="E53" s="2">
-        <v>56226</v>
+        <v>4493182</v>
       </c>
       <c r="F53" s="2">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G53" s="2">
-        <v>14433</v>
+        <v>1225649</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B54" s="2">
-        <v>4.15</v>
+        <v>3.9</v>
       </c>
       <c r="C54" s="2">
-        <v>3.9</v>
+        <v>3.66</v>
       </c>
       <c r="D54" s="2">
-        <v>3.9</v>
+        <v>3.85</v>
       </c>
       <c r="E54" s="2">
-        <v>33382</v>
+        <v>11817</v>
       </c>
       <c r="F54" s="2">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="G54" s="2">
-        <v>8418</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B55" s="2">
-        <v>4.33</v>
+        <v>3.9</v>
       </c>
       <c r="C55" s="2">
-        <v>3.57</v>
+        <v>3.72</v>
       </c>
       <c r="D55" s="2">
-        <v>4.29</v>
+        <v>3.88</v>
       </c>
       <c r="E55" s="2">
-        <v>266490</v>
+        <v>56226</v>
       </c>
       <c r="F55" s="2">
-        <v>101</v>
+        <v>29</v>
       </c>
       <c r="G55" s="2">
-        <v>67965</v>
+        <v>14433</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B56" s="2">
-        <v>3.78</v>
+        <v>4.15</v>
       </c>
       <c r="C56" s="2">
-        <v>3.58</v>
+        <v>3.9</v>
       </c>
       <c r="D56" s="2">
-        <v>3.6</v>
+        <v>3.9</v>
       </c>
       <c r="E56" s="2">
-        <v>127473</v>
+        <v>33382</v>
       </c>
       <c r="F56" s="2">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="G56" s="2">
-        <v>34826</v>
+        <v>8418</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B57" s="2">
-        <v>3.8</v>
+        <v>4.33</v>
       </c>
       <c r="C57" s="2">
-        <v>3.04</v>
+        <v>3.57</v>
       </c>
       <c r="D57" s="2">
-        <v>3.76</v>
+        <v>4.29</v>
       </c>
       <c r="E57" s="2">
-        <v>245828</v>
+        <v>266490</v>
       </c>
       <c r="F57" s="2">
-        <v>207</v>
+        <v>101</v>
       </c>
       <c r="G57" s="2">
-        <v>73329</v>
+        <v>67965</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B58" s="2">
-        <v>3.04</v>
+        <v>3.78</v>
       </c>
       <c r="C58" s="2">
-        <v>2.68</v>
+        <v>3.58</v>
       </c>
       <c r="D58" s="2">
-        <v>2.9</v>
+        <v>3.6</v>
       </c>
       <c r="E58" s="2">
-        <v>329420</v>
+        <v>127473</v>
       </c>
       <c r="F58" s="2">
-        <v>125</v>
+        <v>77</v>
       </c>
       <c r="G58" s="2">
-        <v>116888</v>
+        <v>34826</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B59" s="2">
-        <v>2.75</v>
+        <v>3.8</v>
       </c>
       <c r="C59" s="2">
-        <v>2.45</v>
+        <v>3.04</v>
       </c>
       <c r="D59" s="2">
-        <v>2.72</v>
+        <v>3.76</v>
       </c>
       <c r="E59" s="2">
-        <v>158790</v>
+        <v>245828</v>
       </c>
       <c r="F59" s="2">
-        <v>151</v>
+        <v>207</v>
       </c>
       <c r="G59" s="2">
-        <v>59442</v>
+        <v>73329</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B60" s="2">
-        <v>2.57</v>
+        <v>3.04</v>
       </c>
       <c r="C60" s="2">
-        <v>2.44</v>
+        <v>2.68</v>
       </c>
       <c r="D60" s="2">
-        <v>2.49</v>
+        <v>2.9</v>
       </c>
       <c r="E60" s="2">
-        <v>605097</v>
+        <v>329420</v>
       </c>
       <c r="F60" s="2">
-        <v>216</v>
+        <v>125</v>
       </c>
       <c r="G60" s="2">
-        <v>243345</v>
+        <v>116888</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B61" s="2">
-        <v>2.62</v>
+        <v>2.75</v>
       </c>
       <c r="C61" s="2">
-        <v>2.4</v>
+        <v>2.45</v>
       </c>
       <c r="D61" s="2">
-        <v>2.52</v>
+        <v>2.72</v>
       </c>
       <c r="E61" s="2">
-        <v>50115</v>
+        <v>158790</v>
       </c>
       <c r="F61" s="2">
-        <v>42</v>
+        <v>151</v>
       </c>
       <c r="G61" s="2">
-        <v>20297</v>
+        <v>59442</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B62" s="2">
-        <v>2.47</v>
+        <v>2.57</v>
       </c>
       <c r="C62" s="2">
-        <v>2.38</v>
+        <v>2.44</v>
       </c>
       <c r="D62" s="2">
-        <v>2.42</v>
+        <v>2.49</v>
       </c>
       <c r="E62" s="2">
-        <v>67259</v>
+        <v>605097</v>
       </c>
       <c r="F62" s="2">
-        <v>67</v>
+        <v>216</v>
       </c>
       <c r="G62" s="2">
-        <v>27894</v>
+        <v>243345</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B63" s="2">
-        <v>2.44</v>
+        <v>2.62</v>
       </c>
       <c r="C63" s="2">
-        <v>2.14</v>
+        <v>2.4</v>
       </c>
       <c r="D63" s="2">
-        <v>2.42</v>
+        <v>2.52</v>
       </c>
       <c r="E63" s="2">
-        <v>93521</v>
+        <v>50115</v>
       </c>
       <c r="F63" s="2">
-        <v>123</v>
+        <v>42</v>
       </c>
       <c r="G63" s="2">
-        <v>40117</v>
+        <v>20297</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B64" s="2">
-        <v>2.18</v>
+        <v>2.47</v>
       </c>
       <c r="C64" s="2">
-        <v>2.12</v>
+        <v>2.38</v>
       </c>
       <c r="D64" s="2">
-        <v>2.13</v>
+        <v>2.42</v>
       </c>
       <c r="E64" s="2">
-        <v>53428</v>
+        <v>67259</v>
       </c>
       <c r="F64" s="2">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="G64" s="2">
-        <v>25035</v>
+        <v>27894</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B65" s="2">
-        <v>2.12</v>
+        <v>2.44</v>
       </c>
       <c r="C65" s="2">
-        <v>2.08</v>
+        <v>2.14</v>
       </c>
       <c r="D65" s="2">
-        <v>2.11</v>
+        <v>2.42</v>
       </c>
       <c r="E65" s="2">
-        <v>83954</v>
+        <v>93521</v>
       </c>
       <c r="F65" s="2">
-        <v>78</v>
+        <v>123</v>
       </c>
       <c r="G65" s="2">
-        <v>40033</v>
+        <v>40117</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B66" s="2">
-        <v>2.21</v>
+        <v>2.18</v>
       </c>
       <c r="C66" s="2">
-        <v>2.08</v>
+        <v>2.12</v>
       </c>
       <c r="D66" s="2">
-        <v>2.1</v>
+        <v>2.13</v>
       </c>
       <c r="E66" s="2">
-        <v>200195</v>
+        <v>53428</v>
       </c>
       <c r="F66" s="2">
-        <v>130</v>
+        <v>41</v>
       </c>
       <c r="G66" s="2">
-        <v>95312</v>
+        <v>25035</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B67" s="2">
-        <v>2.27</v>
+        <v>2.12</v>
       </c>
       <c r="C67" s="2">
+        <v>2.08</v>
+      </c>
+      <c r="D67" s="2">
         <v>2.11</v>
       </c>
-      <c r="D67" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="2">
-        <v>46457</v>
+        <v>83954</v>
       </c>
       <c r="F67" s="2">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="G67" s="2">
-        <v>21237</v>
+        <v>40033</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B68" s="2">
-        <v>2.32</v>
+        <v>2.21</v>
       </c>
       <c r="C68" s="2">
-        <v>1.96</v>
+        <v>2.08</v>
       </c>
       <c r="D68" s="2">
-        <v>2.25</v>
+        <v>2.1</v>
       </c>
       <c r="E68" s="2">
-        <v>283899</v>
+        <v>200195</v>
       </c>
       <c r="F68" s="2">
-        <v>376</v>
+        <v>130</v>
       </c>
       <c r="G68" s="2">
-        <v>129029</v>
+        <v>95312</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B69" s="2">
-        <v>1.97</v>
+        <v>2.27</v>
       </c>
       <c r="C69" s="2">
-        <v>1.85</v>
+        <v>2.11</v>
       </c>
       <c r="D69" s="2">
-        <v>1.96</v>
+        <v>2.15</v>
       </c>
       <c r="E69" s="2">
-        <v>17673</v>
+        <v>46457</v>
       </c>
       <c r="F69" s="2">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="G69" s="2">
-        <v>9163</v>
+        <v>21237</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B70" s="2">
-        <v>2.02</v>
+        <v>2.32</v>
       </c>
       <c r="C70" s="2">
-        <v>1.88</v>
+        <v>1.96</v>
       </c>
       <c r="D70" s="2">
-        <v>1.89</v>
+        <v>2.25</v>
       </c>
       <c r="E70" s="2">
-        <v>98407</v>
+        <v>283899</v>
       </c>
       <c r="F70" s="2">
-        <v>83</v>
+        <v>376</v>
       </c>
       <c r="G70" s="2">
-        <v>50136</v>
+        <v>129029</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B71" s="2">
-        <v>2.13</v>
+        <v>1.97</v>
       </c>
       <c r="C71" s="2">
-        <v>2</v>
+        <v>1.85</v>
       </c>
       <c r="D71" s="2">
-        <v>2.02</v>
+        <v>1.96</v>
       </c>
       <c r="E71" s="2">
-        <v>211354</v>
+        <v>17673</v>
       </c>
       <c r="F71" s="2">
-        <v>200</v>
+        <v>26</v>
       </c>
       <c r="G71" s="2">
-        <v>103299</v>
+        <v>9163</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B72" s="2">
-        <v>2.07</v>
+        <v>2.02</v>
       </c>
       <c r="C72" s="2">
-        <v>1.91</v>
+        <v>1.88</v>
       </c>
       <c r="D72" s="2">
-        <v>2.02</v>
+        <v>1.89</v>
       </c>
       <c r="E72" s="2">
-        <v>134571</v>
+        <v>98407</v>
       </c>
       <c r="F72" s="2">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="G72" s="2">
-        <v>66959</v>
+        <v>50136</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B73" s="2">
+        <v>2.13</v>
+      </c>
+      <c r="C73" s="2">
+        <v>2</v>
+      </c>
+      <c r="D73" s="2">
         <v>2.02</v>
       </c>
-      <c r="C73" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E73" s="2">
-        <v>39852</v>
+        <v>211354</v>
       </c>
       <c r="F73" s="2">
-        <v>38</v>
+        <v>200</v>
       </c>
       <c r="G73" s="2">
-        <v>20190</v>
+        <v>103299</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B74" s="2">
-        <v>2.12</v>
+        <v>2.07</v>
       </c>
       <c r="C74" s="2">
-        <v>1.89</v>
+        <v>1.91</v>
       </c>
       <c r="D74" s="2">
-        <v>1.89</v>
+        <v>2.02</v>
       </c>
       <c r="E74" s="2">
-        <v>61048</v>
+        <v>134571</v>
       </c>
       <c r="F74" s="2">
-        <v>54</v>
+        <v>95</v>
       </c>
       <c r="G74" s="2">
-        <v>30945</v>
+        <v>66959</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B75" s="2">
+        <v>2.02</v>
+      </c>
+      <c r="C75" s="2">
         <v>1.95</v>
       </c>
-      <c r="C75" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D75" s="2">
-        <v>1.95</v>
+        <v>1.96</v>
       </c>
       <c r="E75" s="2">
-        <v>294457</v>
+        <v>39852</v>
       </c>
       <c r="F75" s="2">
-        <v>102</v>
+        <v>38</v>
       </c>
       <c r="G75" s="2">
-        <v>168662</v>
+        <v>20190</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B76" s="2">
-        <v>1.94</v>
+        <v>2.12</v>
       </c>
       <c r="C76" s="2">
-        <v>1.85</v>
+        <v>1.89</v>
       </c>
       <c r="D76" s="2">
-        <v>1.85</v>
+        <v>1.89</v>
       </c>
       <c r="E76" s="2">
-        <v>19139</v>
+        <v>61048</v>
       </c>
       <c r="F76" s="2">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="G76" s="2">
-        <v>10159</v>
+        <v>30945</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B77" s="2">
-        <v>1.97</v>
+        <v>1.95</v>
       </c>
       <c r="C77" s="2">
-        <v>1.82</v>
+        <v>1.72</v>
       </c>
       <c r="D77" s="2">
-        <v>1.82</v>
+        <v>1.95</v>
       </c>
       <c r="E77" s="2">
-        <v>24931</v>
+        <v>294457</v>
       </c>
       <c r="F77" s="2">
-        <v>19</v>
+        <v>102</v>
       </c>
       <c r="G77" s="2">
-        <v>13356</v>
+        <v>168662</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B78" s="2">
-        <v>1.93</v>
+        <v>1.94</v>
       </c>
       <c r="C78" s="2">
         <v>1.85</v>
       </c>
       <c r="D78" s="2">
-        <v>1.93</v>
+        <v>1.85</v>
       </c>
       <c r="E78" s="2">
-        <v>150365</v>
+        <v>19139</v>
       </c>
       <c r="F78" s="2">
-        <v>151</v>
+        <v>22</v>
       </c>
       <c r="G78" s="2">
-        <v>80067</v>
+        <v>10159</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B79" s="2">
-        <v>1.9</v>
+        <v>1.97</v>
       </c>
       <c r="C79" s="2">
-        <v>1.87</v>
+        <v>1.82</v>
       </c>
       <c r="D79" s="2">
-        <v>1.9</v>
+        <v>1.82</v>
       </c>
       <c r="E79" s="2">
-        <v>36649</v>
+        <v>24931</v>
       </c>
       <c r="F79" s="2">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="G79" s="2">
-        <v>19400</v>
+        <v>13356</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B80" s="2">
-        <v>1.9</v>
+        <v>1.93</v>
       </c>
       <c r="C80" s="2">
-        <v>1.83</v>
+        <v>1.85</v>
       </c>
       <c r="D80" s="2">
-        <v>1.9</v>
+        <v>1.93</v>
       </c>
       <c r="E80" s="2">
-        <v>65778</v>
+        <v>150365</v>
       </c>
       <c r="F80" s="2">
-        <v>47</v>
+        <v>151</v>
       </c>
       <c r="G80" s="2">
-        <v>34993</v>
+        <v>80067</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B81" s="2">
-        <v>2.02</v>
+        <v>1.9</v>
       </c>
       <c r="C81" s="2">
-        <v>1.9</v>
+        <v>1.87</v>
       </c>
       <c r="D81" s="2">
         <v>1.9</v>
       </c>
       <c r="E81" s="2">
-        <v>150583</v>
+        <v>36649</v>
       </c>
       <c r="F81" s="2">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G81" s="2">
-        <v>76224</v>
+        <v>19400</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B82" s="2">
-        <v>2.04</v>
+        <v>1.9</v>
       </c>
       <c r="C82" s="2">
-        <v>1.98</v>
+        <v>1.83</v>
       </c>
       <c r="D82" s="2">
-        <v>2.02</v>
+        <v>1.9</v>
       </c>
       <c r="E82" s="2">
-        <v>35865</v>
+        <v>65778</v>
       </c>
       <c r="F82" s="2">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="G82" s="2">
-        <v>17838</v>
+        <v>34993</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B83" s="2">
-        <v>2.08</v>
+        <v>2.02</v>
       </c>
       <c r="C83" s="2">
-        <v>1.96</v>
+        <v>1.9</v>
       </c>
       <c r="D83" s="2">
-        <v>1.98</v>
+        <v>1.9</v>
       </c>
       <c r="E83" s="2">
-        <v>119429</v>
+        <v>150583</v>
       </c>
       <c r="F83" s="2">
-        <v>146</v>
+        <v>41</v>
       </c>
       <c r="G83" s="2">
-        <v>59956</v>
+        <v>76224</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B84" s="2">
-        <v>2</v>
+        <v>2.04</v>
       </c>
       <c r="C84" s="2">
-        <v>1.96</v>
+        <v>1.98</v>
       </c>
       <c r="D84" s="2">
-        <v>1.98</v>
+        <v>2.02</v>
       </c>
       <c r="E84" s="2">
-        <v>6906</v>
+        <v>35865</v>
       </c>
       <c r="F84" s="2">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="G84" s="2">
-        <v>3482</v>
+        <v>17838</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B85" s="2">
-        <v>2.01</v>
+        <v>2.08</v>
       </c>
       <c r="C85" s="2">
-        <v>1.93</v>
+        <v>1.96</v>
       </c>
       <c r="D85" s="2">
-        <v>1.93</v>
+        <v>1.98</v>
       </c>
       <c r="E85" s="2">
-        <v>72065</v>
+        <v>119429</v>
       </c>
       <c r="F85" s="2">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="G85" s="2">
-        <v>36760</v>
+        <v>59956</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B86" s="2">
-        <v>2.08</v>
+        <v>2</v>
       </c>
       <c r="C86" s="2">
-        <v>1.97</v>
+        <v>1.96</v>
       </c>
       <c r="D86" s="2">
-        <v>1.97</v>
+        <v>1.98</v>
       </c>
       <c r="E86" s="2">
-        <v>15095</v>
+        <v>6906</v>
       </c>
       <c r="F86" s="2">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="G86" s="2">
-        <v>7515</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B87" s="2">
-        <v>2.08</v>
+        <v>2.01</v>
       </c>
       <c r="C87" s="2">
-        <v>2.04</v>
+        <v>1.93</v>
       </c>
       <c r="D87" s="2">
-        <v>2.05</v>
+        <v>1.93</v>
       </c>
       <c r="E87" s="2">
-        <v>10143</v>
+        <v>72065</v>
       </c>
       <c r="F87" s="2">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G87" s="2">
-        <v>4927</v>
+        <v>36760</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B88" s="2">
-        <v>2.11</v>
+        <v>2.08</v>
       </c>
       <c r="C88" s="2">
-        <v>2.05</v>
+        <v>1.97</v>
       </c>
       <c r="D88" s="2">
-        <v>2.05</v>
+        <v>1.97</v>
       </c>
       <c r="E88" s="2">
-        <v>65109</v>
+        <v>15095</v>
       </c>
       <c r="F88" s="2">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="G88" s="2">
-        <v>31365</v>
+        <v>7515</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B89" s="2">
-        <v>2.09</v>
+        <v>2.08</v>
       </c>
       <c r="C89" s="2">
-        <v>2.06</v>
+        <v>2.04</v>
       </c>
       <c r="D89" s="2">
-        <v>2.07</v>
+        <v>2.05</v>
       </c>
       <c r="E89" s="2">
-        <v>93672</v>
+        <v>10143</v>
       </c>
       <c r="F89" s="2">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G89" s="2">
-        <v>45170</v>
+        <v>4927</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B90" s="2">
-        <v>2.09</v>
+        <v>2.11</v>
       </c>
       <c r="C90" s="2">
         <v>2.05</v>
       </c>
       <c r="D90" s="2">
-        <v>2.06</v>
+        <v>2.05</v>
       </c>
       <c r="E90" s="2">
-        <v>112630</v>
+        <v>65109</v>
       </c>
       <c r="F90" s="2">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="G90" s="2">
-        <v>54423</v>
+        <v>31365</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B91" s="2">
-        <v>2.14</v>
+        <v>2.09</v>
       </c>
       <c r="C91" s="2">
-        <v>2.07</v>
+        <v>2.06</v>
       </c>
       <c r="D91" s="2">
         <v>2.07</v>
       </c>
       <c r="E91" s="2">
-        <v>6763</v>
+        <v>93672</v>
       </c>
       <c r="F91" s="2">
-        <v>6</v>
+        <v>53</v>
       </c>
       <c r="G91" s="2">
-        <v>3250</v>
+        <v>45170</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B92" s="2">
-        <v>2.14</v>
+        <v>2.09</v>
       </c>
       <c r="C92" s="2">
-        <v>2.08</v>
+        <v>2.05</v>
       </c>
       <c r="D92" s="2">
-        <v>2.1</v>
+        <v>2.06</v>
       </c>
       <c r="E92" s="2">
-        <v>79546</v>
+        <v>112630</v>
       </c>
       <c r="F92" s="2">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G92" s="2">
-        <v>37801</v>
+        <v>54423</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B93" s="2">
-        <v>2.16</v>
+        <v>2.14</v>
       </c>
       <c r="C93" s="2">
-        <v>1.95</v>
+        <v>2.07</v>
       </c>
       <c r="D93" s="2">
-        <v>2.13</v>
+        <v>2.07</v>
       </c>
       <c r="E93" s="2">
-        <v>75822</v>
+        <v>6763</v>
       </c>
       <c r="F93" s="2">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="G93" s="2">
-        <v>35535</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B94" s="2">
-        <v>2.25</v>
+        <v>2.14</v>
       </c>
       <c r="C94" s="2">
-        <v>2.12</v>
+        <v>2.08</v>
       </c>
       <c r="D94" s="2">
-        <v>2.17</v>
+        <v>2.1</v>
       </c>
       <c r="E94" s="2">
-        <v>74471</v>
+        <v>79546</v>
       </c>
       <c r="F94" s="2">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="G94" s="2">
-        <v>34134</v>
+        <v>37801</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B95" s="2">
-        <v>2.28</v>
+        <v>2.16</v>
       </c>
       <c r="C95" s="2">
-        <v>2.12</v>
+        <v>1.95</v>
       </c>
       <c r="D95" s="2">
-        <v>2.18</v>
+        <v>2.13</v>
       </c>
       <c r="E95" s="2">
-        <v>562808</v>
+        <v>75822</v>
       </c>
       <c r="F95" s="2">
-        <v>372</v>
+        <v>29</v>
       </c>
       <c r="G95" s="2">
-        <v>254244</v>
+        <v>35535</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B96" s="2">
+        <v>2.25</v>
+      </c>
+      <c r="C96" s="2">
         <v>2.12</v>
       </c>
-      <c r="C96" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D96" s="2">
-        <v>2.12</v>
+        <v>2.17</v>
       </c>
       <c r="E96" s="2">
-        <v>617841</v>
+        <v>74471</v>
       </c>
       <c r="F96" s="2">
-        <v>509</v>
+        <v>79</v>
       </c>
       <c r="G96" s="2">
-        <v>301750</v>
+        <v>34134</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B97" s="2">
+        <v>2.28</v>
+      </c>
+      <c r="C97" s="2">
         <v>2.12</v>
       </c>
-      <c r="C97" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D97" s="2">
-        <v>2.03</v>
+        <v>2.18</v>
       </c>
       <c r="E97" s="2">
-        <v>161490</v>
+        <v>562808</v>
       </c>
       <c r="F97" s="2">
-        <v>145</v>
+        <v>372</v>
       </c>
       <c r="G97" s="2">
-        <v>78298</v>
+        <v>254244</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B98" s="2">
-        <v>2.25</v>
+        <v>2.12</v>
       </c>
       <c r="C98" s="2">
-        <v>2.09</v>
+        <v>2.02</v>
       </c>
       <c r="D98" s="2">
-        <v>2.09</v>
+        <v>2.12</v>
       </c>
       <c r="E98" s="2">
-        <v>149453</v>
+        <v>617841</v>
       </c>
       <c r="F98" s="2">
-        <v>146</v>
+        <v>509</v>
       </c>
       <c r="G98" s="2">
-        <v>70283</v>
+        <v>301750</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B99" s="2">
-        <v>2.18</v>
+        <v>2.12</v>
       </c>
       <c r="C99" s="2">
-        <v>2.08</v>
+        <v>2.02</v>
       </c>
       <c r="D99" s="2">
-        <v>2.17</v>
+        <v>2.03</v>
       </c>
       <c r="E99" s="2">
-        <v>109694</v>
+        <v>161490</v>
       </c>
       <c r="F99" s="2">
-        <v>233</v>
+        <v>145</v>
       </c>
       <c r="G99" s="2">
-        <v>51380</v>
+        <v>78298</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B100" s="2">
-        <v>2.29</v>
+        <v>2.25</v>
       </c>
       <c r="C100" s="2">
-        <v>1.99</v>
+        <v>2.09</v>
       </c>
       <c r="D100" s="2">
-        <v>2.11</v>
+        <v>2.09</v>
       </c>
       <c r="E100" s="2">
-        <v>247571</v>
+        <v>149453</v>
       </c>
       <c r="F100" s="2">
-        <v>448</v>
+        <v>146</v>
       </c>
       <c r="G100" s="2">
-        <v>115024</v>
+        <v>70283</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B101" s="2">
         <v>2.18</v>
       </c>
       <c r="C101" s="2">
-        <v>1.96</v>
+        <v>2.08</v>
       </c>
       <c r="D101" s="2">
-        <v>1.97</v>
+        <v>2.17</v>
       </c>
       <c r="E101" s="2">
-        <v>203545</v>
+        <v>109694</v>
       </c>
       <c r="F101" s="2">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="G101" s="2">
-        <v>99635</v>
+        <v>51380</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B102" s="2">
-        <v>2</v>
+        <v>2.29</v>
       </c>
       <c r="C102" s="2">
-        <v>1.83</v>
+        <v>1.99</v>
       </c>
       <c r="D102" s="2">
-        <v>2</v>
+        <v>2.11</v>
       </c>
       <c r="E102" s="2">
-        <v>61589</v>
+        <v>247571</v>
       </c>
       <c r="F102" s="2">
-        <v>64</v>
+        <v>448</v>
       </c>
       <c r="G102" s="2">
-        <v>32657</v>
+        <v>115024</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B103" s="2">
-        <v>1.88</v>
+        <v>2.18</v>
       </c>
       <c r="C103" s="2">
-        <v>1.82</v>
+        <v>1.96</v>
       </c>
       <c r="D103" s="2">
-        <v>1.85</v>
+        <v>1.97</v>
       </c>
       <c r="E103" s="2">
-        <v>30273</v>
+        <v>203545</v>
       </c>
       <c r="F103" s="2">
-        <v>34</v>
+        <v>220</v>
       </c>
       <c r="G103" s="2">
-        <v>16408</v>
+        <v>99635</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B104" s="2">
-        <v>1.87</v>
+        <v>2</v>
       </c>
       <c r="C104" s="2">
-        <v>1.78</v>
+        <v>1.83</v>
       </c>
       <c r="D104" s="2">
-        <v>1.83</v>
+        <v>2</v>
       </c>
       <c r="E104" s="2">
-        <v>28274</v>
+        <v>61589</v>
       </c>
       <c r="F104" s="2">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G104" s="2">
-        <v>15516</v>
+        <v>32657</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B105" s="2">
-        <v>1.96</v>
+        <v>1.88</v>
       </c>
       <c r="C105" s="2">
+        <v>1.82</v>
+      </c>
+      <c r="D105" s="2">
         <v>1.85</v>
       </c>
-      <c r="D105" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E105" s="2">
-        <v>27516</v>
+        <v>30273</v>
       </c>
       <c r="F105" s="2">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="G105" s="2">
-        <v>14305</v>
+        <v>16408</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B106" s="2">
-        <v>1.98</v>
+        <v>1.87</v>
       </c>
       <c r="C106" s="2">
-        <v>1.89</v>
+        <v>1.78</v>
       </c>
       <c r="D106" s="2">
-        <v>1.96</v>
+        <v>1.83</v>
       </c>
       <c r="E106" s="2">
-        <v>49767</v>
+        <v>28274</v>
       </c>
       <c r="F106" s="2">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G106" s="2">
-        <v>25890</v>
+        <v>15516</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B107" s="2">
-        <v>1.99</v>
+        <v>1.96</v>
       </c>
       <c r="C107" s="2">
-        <v>1.88</v>
+        <v>1.85</v>
       </c>
       <c r="D107" s="2">
-        <v>1.9</v>
+        <v>1.86</v>
       </c>
       <c r="E107" s="2">
-        <v>25237</v>
+        <v>27516</v>
       </c>
       <c r="F107" s="2">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="G107" s="2">
-        <v>13137</v>
+        <v>14305</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B108" s="2">
+        <v>1.98</v>
+      </c>
+      <c r="C108" s="2">
+        <v>1.89</v>
+      </c>
+      <c r="D108" s="2">
         <v>1.96</v>
       </c>
-      <c r="C108" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E108" s="2">
-        <v>13213</v>
+        <v>49767</v>
       </c>
       <c r="F108" s="2">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="G108" s="2">
-        <v>6867</v>
+        <v>25890</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B109" s="2">
-        <v>1.96</v>
+        <v>1.99</v>
       </c>
       <c r="C109" s="2">
-        <v>1.91</v>
+        <v>1.88</v>
       </c>
       <c r="D109" s="2">
-        <v>1.92</v>
+        <v>1.9</v>
       </c>
       <c r="E109" s="2">
-        <v>23284</v>
+        <v>25237</v>
       </c>
       <c r="F109" s="2">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="G109" s="2">
-        <v>12088</v>
+        <v>13137</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B110" s="2">
-        <v>2</v>
+        <v>1.96</v>
       </c>
       <c r="C110" s="2">
-        <v>1.88</v>
+        <v>1.87</v>
       </c>
       <c r="D110" s="2">
-        <v>1.97</v>
+        <v>1.87</v>
       </c>
       <c r="E110" s="2">
-        <v>153388</v>
+        <v>13213</v>
       </c>
       <c r="F110" s="2">
-        <v>196</v>
+        <v>32</v>
       </c>
       <c r="G110" s="2">
-        <v>78165</v>
+        <v>6867</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B111" s="2">
-        <v>1.89</v>
+        <v>1.96</v>
       </c>
       <c r="C111" s="2">
-        <v>1.77</v>
+        <v>1.91</v>
       </c>
       <c r="D111" s="2">
-        <v>1.85</v>
+        <v>1.92</v>
       </c>
       <c r="E111" s="2">
-        <v>82484</v>
+        <v>23284</v>
       </c>
       <c r="F111" s="2">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="G111" s="2">
-        <v>45136</v>
+        <v>12088</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B112" s="2">
-        <v>1.83</v>
+        <v>2</v>
       </c>
       <c r="C112" s="2">
-        <v>1.78</v>
+        <v>1.88</v>
       </c>
       <c r="D112" s="2">
-        <v>1.81</v>
+        <v>1.97</v>
       </c>
       <c r="E112" s="2">
-        <v>33315</v>
+        <v>153388</v>
       </c>
       <c r="F112" s="2">
-        <v>52</v>
+        <v>196</v>
       </c>
       <c r="G112" s="2">
-        <v>18600</v>
+        <v>78165</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B113" s="2">
-        <v>1.86</v>
+        <v>1.89</v>
       </c>
       <c r="C113" s="2">
-        <v>1.78</v>
+        <v>1.77</v>
       </c>
       <c r="D113" s="2">
-        <v>1.79</v>
+        <v>1.85</v>
       </c>
       <c r="E113" s="2">
-        <v>74451</v>
+        <v>82484</v>
       </c>
       <c r="F113" s="2">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="G113" s="2">
-        <v>41282</v>
+        <v>45136</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B114" s="2">
         <v>1.83</v>
       </c>
       <c r="C114" s="2">
-        <v>1.77</v>
+        <v>1.78</v>
       </c>
       <c r="D114" s="2">
-        <v>1.82</v>
+        <v>1.81</v>
       </c>
       <c r="E114" s="2">
-        <v>98104</v>
+        <v>33315</v>
       </c>
       <c r="F114" s="2">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="G114" s="2">
-        <v>54333</v>
+        <v>18600</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B115" s="2">
-        <v>1.84</v>
+        <v>1.86</v>
       </c>
       <c r="C115" s="2">
         <v>1.78</v>
       </c>
       <c r="D115" s="2">
-        <v>1.78</v>
+        <v>1.79</v>
       </c>
       <c r="E115" s="2">
-        <v>78297</v>
+        <v>74451</v>
       </c>
       <c r="F115" s="2">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="G115" s="2">
-        <v>43205</v>
+        <v>41282</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B116" s="2">
         <v>1.83</v>
       </c>
       <c r="C116" s="2">
-        <v>1.78</v>
+        <v>1.77</v>
       </c>
       <c r="D116" s="2">
-        <v>1.78</v>
+        <v>1.82</v>
       </c>
       <c r="E116" s="2">
-        <v>257194</v>
+        <v>98104</v>
       </c>
       <c r="F116" s="2">
-        <v>241</v>
+        <v>87</v>
       </c>
       <c r="G116" s="2">
-        <v>142604</v>
+        <v>54333</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B117" s="2">
-        <v>1.89</v>
+        <v>1.84</v>
       </c>
       <c r="C117" s="2">
-        <v>1.74</v>
+        <v>1.78</v>
       </c>
       <c r="D117" s="2">
-        <v>1.8</v>
+        <v>1.78</v>
       </c>
       <c r="E117" s="2">
-        <v>182245</v>
+        <v>78297</v>
       </c>
       <c r="F117" s="2">
-        <v>242</v>
+        <v>80</v>
       </c>
       <c r="G117" s="2">
-        <v>99481</v>
+        <v>43205</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B118" s="2">
-        <v>2.01</v>
+        <v>1.83</v>
       </c>
       <c r="C118" s="2">
-        <v>1.77</v>
+        <v>1.78</v>
       </c>
       <c r="D118" s="2">
-        <v>1.8</v>
+        <v>1.78</v>
       </c>
       <c r="E118" s="2">
-        <v>765806</v>
+        <v>257194</v>
       </c>
       <c r="F118" s="2">
-        <v>592</v>
+        <v>241</v>
       </c>
       <c r="G118" s="2">
-        <v>411215</v>
+        <v>142604</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B119" s="2">
-        <v>2.22</v>
+        <v>1.89</v>
       </c>
       <c r="C119" s="2">
-        <v>1.9</v>
+        <v>1.74</v>
       </c>
       <c r="D119" s="2">
-        <v>1.93</v>
+        <v>1.8</v>
       </c>
       <c r="E119" s="2">
-        <v>538615</v>
+        <v>182245</v>
       </c>
       <c r="F119" s="2">
-        <v>401</v>
+        <v>242</v>
       </c>
       <c r="G119" s="2">
-        <v>269142</v>
+        <v>99481</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B120" s="2">
-        <v>2.27</v>
+        <v>2.01</v>
       </c>
       <c r="C120" s="2">
-        <v>2.1</v>
+        <v>1.77</v>
       </c>
       <c r="D120" s="2">
-        <v>2.22</v>
+        <v>1.8</v>
       </c>
       <c r="E120" s="2">
-        <v>258054</v>
+        <v>765806</v>
       </c>
       <c r="F120" s="2">
-        <v>47</v>
+        <v>592</v>
       </c>
       <c r="G120" s="2">
-        <v>116240</v>
+        <v>411215</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B121" s="2">
-        <v>2.14</v>
+        <v>2.22</v>
       </c>
       <c r="C121" s="2">
-        <v>2.01</v>
+        <v>1.9</v>
       </c>
       <c r="D121" s="2">
-        <v>2.14</v>
+        <v>1.93</v>
       </c>
       <c r="E121" s="2">
-        <v>32835</v>
+        <v>538615</v>
       </c>
       <c r="F121" s="2">
-        <v>22</v>
+        <v>401</v>
       </c>
       <c r="G121" s="2">
-        <v>15505</v>
+        <v>269142</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B122" s="2">
-        <v>2.17</v>
+        <v>2.27</v>
       </c>
       <c r="C122" s="2">
-        <v>2.05</v>
+        <v>2.1</v>
       </c>
       <c r="D122" s="2">
-        <v>2.14</v>
+        <v>2.22</v>
       </c>
       <c r="E122" s="2">
-        <v>733418</v>
+        <v>258054</v>
       </c>
       <c r="F122" s="2">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="G122" s="2">
-        <v>344788</v>
+        <v>116240</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B123" s="2">
-        <v>2.25</v>
+        <v>2.14</v>
       </c>
       <c r="C123" s="2">
-        <v>2.1</v>
+        <v>2.01</v>
       </c>
       <c r="D123" s="2">
-        <v>2.13</v>
+        <v>2.14</v>
       </c>
       <c r="E123" s="2">
-        <v>108300</v>
+        <v>32835</v>
       </c>
       <c r="F123" s="2">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="G123" s="2">
-        <v>50157</v>
+        <v>15505</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B124" s="2">
-        <v>2.25</v>
+        <v>2.17</v>
       </c>
       <c r="C124" s="2">
-        <v>2.02</v>
+        <v>2.05</v>
       </c>
       <c r="D124" s="2">
-        <v>2.24</v>
+        <v>2.14</v>
       </c>
       <c r="E124" s="2">
-        <v>289068</v>
+        <v>733418</v>
       </c>
       <c r="F124" s="2">
-        <v>268</v>
+        <v>51</v>
       </c>
       <c r="G124" s="2">
-        <v>135574</v>
+        <v>344788</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B125" s="2">
-        <v>2.17</v>
+        <v>2.25</v>
       </c>
       <c r="C125" s="2">
-        <v>2.01</v>
+        <v>2.1</v>
       </c>
       <c r="D125" s="2">
-        <v>2.03</v>
+        <v>2.13</v>
       </c>
       <c r="E125" s="2">
-        <v>362829</v>
+        <v>108300</v>
       </c>
       <c r="F125" s="2">
-        <v>233</v>
+        <v>55</v>
       </c>
       <c r="G125" s="2">
-        <v>177872</v>
+        <v>50157</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B126" s="2">
-        <v>2.26</v>
+        <v>2.25</v>
       </c>
       <c r="C126" s="2">
-        <v>2.01</v>
+        <v>2.02</v>
       </c>
       <c r="D126" s="2">
-        <v>2.18</v>
+        <v>2.24</v>
       </c>
       <c r="E126" s="2">
-        <v>531975</v>
+        <v>289068</v>
       </c>
       <c r="F126" s="2">
-        <v>314</v>
+        <v>268</v>
       </c>
       <c r="G126" s="2">
-        <v>256286</v>
+        <v>135574</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B127" s="2">
-        <v>2.1</v>
+        <v>2.17</v>
       </c>
       <c r="C127" s="2">
         <v>2.01</v>
       </c>
       <c r="D127" s="2">
-        <v>2.04</v>
+        <v>2.03</v>
       </c>
       <c r="E127" s="2">
-        <v>227020</v>
+        <v>362829</v>
       </c>
       <c r="F127" s="2">
-        <v>127</v>
+        <v>233</v>
       </c>
       <c r="G127" s="2">
-        <v>111159</v>
+        <v>177872</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B128" s="2">
-        <v>2.12</v>
+        <v>2.26</v>
       </c>
       <c r="C128" s="2">
-        <v>2.04</v>
+        <v>2.01</v>
       </c>
       <c r="D128" s="2">
-        <v>2.1</v>
+        <v>2.18</v>
       </c>
       <c r="E128" s="2">
-        <v>190194</v>
+        <v>531975</v>
       </c>
       <c r="F128" s="2">
-        <v>156</v>
+        <v>314</v>
       </c>
       <c r="G128" s="2">
-        <v>91461</v>
+        <v>256286</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B129" s="2">
-        <v>2.26</v>
+        <v>2.1</v>
       </c>
       <c r="C129" s="2">
-        <v>1.98</v>
+        <v>2.01</v>
       </c>
       <c r="D129" s="2">
-        <v>2.11</v>
+        <v>2.04</v>
       </c>
       <c r="E129" s="2">
-        <v>621866</v>
+        <v>227020</v>
       </c>
       <c r="F129" s="2">
-        <v>260</v>
+        <v>127</v>
       </c>
       <c r="G129" s="2">
-        <v>284127</v>
+        <v>111159</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B130" s="2">
-        <v>2.3</v>
+        <v>2.12</v>
       </c>
       <c r="C130" s="2">
-        <v>2.16</v>
+        <v>2.04</v>
       </c>
       <c r="D130" s="2">
-        <v>2.17</v>
+        <v>2.1</v>
       </c>
       <c r="E130" s="2">
-        <v>438815</v>
+        <v>190194</v>
       </c>
       <c r="F130" s="2">
-        <v>209</v>
+        <v>156</v>
       </c>
       <c r="G130" s="2">
-        <v>198544</v>
+        <v>91461</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B131" s="2">
-        <v>2.31</v>
+        <v>2.26</v>
       </c>
       <c r="C131" s="2">
+        <v>1.98</v>
+      </c>
+      <c r="D131" s="2">
         <v>2.11</v>
       </c>
-      <c r="D131" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E131" s="2">
-        <v>311034</v>
+        <v>621866</v>
       </c>
       <c r="F131" s="2">
-        <v>299</v>
+        <v>260</v>
       </c>
       <c r="G131" s="2">
-        <v>139249</v>
+        <v>284127</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B132" s="2">
-        <v>2.36</v>
+        <v>2.3</v>
       </c>
       <c r="C132" s="2">
-        <v>2.11</v>
+        <v>2.16</v>
       </c>
       <c r="D132" s="2">
-        <v>2.2</v>
+        <v>2.17</v>
       </c>
       <c r="E132" s="2">
-        <v>341516</v>
+        <v>438815</v>
       </c>
       <c r="F132" s="2">
-        <v>153</v>
+        <v>209</v>
       </c>
       <c r="G132" s="2">
-        <v>150703</v>
+        <v>198544</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B133" s="2">
-        <v>2.34</v>
+        <v>2.31</v>
       </c>
       <c r="C133" s="2">
-        <v>2.22</v>
+        <v>2.11</v>
       </c>
       <c r="D133" s="2">
-        <v>2.29</v>
+        <v>2.25</v>
       </c>
       <c r="E133" s="2">
-        <v>410035</v>
+        <v>311034</v>
       </c>
       <c r="F133" s="2">
-        <v>278</v>
+        <v>299</v>
       </c>
       <c r="G133" s="2">
-        <v>179391</v>
+        <v>139249</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B134" s="2">
         <v>2.36</v>
       </c>
       <c r="C134" s="2">
         <v>2.11</v>
       </c>
       <c r="D134" s="2">
-        <v>2.29</v>
+        <v>2.2</v>
       </c>
       <c r="E134" s="2">
-        <v>1212863</v>
+        <v>341516</v>
       </c>
       <c r="F134" s="2">
-        <v>873</v>
+        <v>153</v>
       </c>
       <c r="G134" s="2">
-        <v>540386</v>
+        <v>150703</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B135" s="2">
-        <v>2.5</v>
+        <v>2.34</v>
       </c>
       <c r="C135" s="2">
-        <v>2.23</v>
+        <v>2.22</v>
       </c>
       <c r="D135" s="2">
-        <v>2.25</v>
+        <v>2.29</v>
       </c>
       <c r="E135" s="2">
-        <v>1490861</v>
+        <v>410035</v>
       </c>
       <c r="F135" s="2">
-        <v>1000</v>
+        <v>278</v>
       </c>
       <c r="G135" s="2">
-        <v>634828</v>
+        <v>179391</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B136" s="2">
-        <v>2.45</v>
+        <v>2.36</v>
       </c>
       <c r="C136" s="2">
-        <v>1.94</v>
+        <v>2.11</v>
       </c>
       <c r="D136" s="2">
-        <v>2.3</v>
+        <v>2.29</v>
       </c>
       <c r="E136" s="2">
-        <v>4917466</v>
+        <v>1212863</v>
       </c>
       <c r="F136" s="2">
-        <v>2978</v>
+        <v>873</v>
       </c>
       <c r="G136" s="2">
-        <v>2177038</v>
+        <v>540386</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B137" s="2">
-        <v>1.97</v>
+        <v>2.5</v>
       </c>
       <c r="C137" s="2">
-        <v>1.59</v>
+        <v>2.23</v>
       </c>
       <c r="D137" s="2">
-        <v>1.91</v>
+        <v>2.25</v>
       </c>
       <c r="E137" s="2">
-        <v>4096656</v>
+        <v>1490861</v>
       </c>
       <c r="F137" s="2">
-        <v>2738</v>
+        <v>1000</v>
       </c>
       <c r="G137" s="2">
-        <v>2201495</v>
+        <v>634828</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B138" s="2">
-        <v>1.58</v>
+        <v>2.45</v>
       </c>
       <c r="C138" s="2">
-        <v>1.4</v>
+        <v>1.94</v>
       </c>
       <c r="D138" s="2">
-        <v>1.58</v>
+        <v>2.3</v>
       </c>
       <c r="E138" s="2">
-        <v>495768</v>
+        <v>4917466</v>
       </c>
       <c r="F138" s="2">
-        <v>650</v>
+        <v>2978</v>
       </c>
       <c r="G138" s="2">
-        <v>332488</v>
+        <v>2177038</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B139" s="2">
-        <v>1.65</v>
+        <v>1.97</v>
       </c>
       <c r="C139" s="2">
-        <v>1.43</v>
+        <v>1.59</v>
       </c>
       <c r="D139" s="2">
-        <v>1.5</v>
+        <v>1.91</v>
       </c>
       <c r="E139" s="2">
-        <v>430600</v>
+        <v>4096656</v>
       </c>
       <c r="F139" s="2">
-        <v>626</v>
+        <v>2738</v>
       </c>
       <c r="G139" s="2">
-        <v>276681</v>
+        <v>2201495</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B140" s="2">
-        <v>1.7</v>
+        <v>1.58</v>
       </c>
       <c r="C140" s="2">
-        <v>1.44</v>
+        <v>1.4</v>
       </c>
       <c r="D140" s="2">
-        <v>1.44</v>
+        <v>1.58</v>
       </c>
       <c r="E140" s="2">
-        <v>439789</v>
+        <v>495768</v>
       </c>
       <c r="F140" s="2">
-        <v>500</v>
+        <v>650</v>
       </c>
       <c r="G140" s="2">
-        <v>284120</v>
+        <v>332488</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B141" s="2">
-        <v>1.95</v>
+        <v>1.65</v>
       </c>
       <c r="C141" s="2">
-        <v>1.62</v>
+        <v>1.43</v>
       </c>
       <c r="D141" s="2">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="E141" s="2">
-        <v>1012832</v>
+        <v>430600</v>
       </c>
       <c r="F141" s="2">
-        <v>854</v>
+        <v>626</v>
       </c>
       <c r="G141" s="2">
-        <v>559595</v>
+        <v>276681</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B142" s="2">
         <v>1.7</v>
       </c>
       <c r="C142" s="2">
-        <v>1.6</v>
+        <v>1.44</v>
       </c>
       <c r="D142" s="2">
-        <v>1.64</v>
+        <v>1.44</v>
       </c>
       <c r="E142" s="2">
-        <v>93664</v>
+        <v>439789</v>
       </c>
       <c r="F142" s="2">
-        <v>228</v>
+        <v>500</v>
       </c>
       <c r="G142" s="2">
-        <v>56898</v>
+        <v>284120</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B143" s="2">
-        <v>1.75</v>
+        <v>1.95</v>
       </c>
       <c r="C143" s="2">
-        <v>1.49</v>
+        <v>1.62</v>
       </c>
       <c r="D143" s="2">
-        <v>1.71</v>
+        <v>1.7</v>
       </c>
       <c r="E143" s="2">
-        <v>692585</v>
+        <v>1012832</v>
       </c>
       <c r="F143" s="2">
-        <v>673</v>
+        <v>854</v>
       </c>
       <c r="G143" s="2">
-        <v>431702</v>
+        <v>559595</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B144" s="2">
-        <v>1.57</v>
+        <v>1.7</v>
       </c>
       <c r="C144" s="2">
-        <v>1.45</v>
+        <v>1.6</v>
       </c>
       <c r="D144" s="2">
-        <v>1.53</v>
+        <v>1.64</v>
       </c>
       <c r="E144" s="2">
-        <v>206758</v>
+        <v>93664</v>
       </c>
       <c r="F144" s="2">
-        <v>270</v>
+        <v>228</v>
       </c>
       <c r="G144" s="2">
-        <v>137146</v>
+        <v>56898</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B145" s="2">
-        <v>1.67</v>
+        <v>1.75</v>
       </c>
       <c r="C145" s="2">
-        <v>1.44</v>
+        <v>1.49</v>
       </c>
       <c r="D145" s="2">
-        <v>1.48</v>
+        <v>1.71</v>
       </c>
       <c r="E145" s="2">
-        <v>120745</v>
+        <v>692585</v>
       </c>
       <c r="F145" s="2">
-        <v>253</v>
+        <v>673</v>
       </c>
       <c r="G145" s="2">
-        <v>77782</v>
+        <v>431702</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B146" s="2">
-        <v>1.48</v>
+        <v>1.57</v>
       </c>
       <c r="C146" s="2">
-        <v>1.4</v>
+        <v>1.45</v>
       </c>
       <c r="D146" s="2">
-        <v>1.48</v>
+        <v>1.53</v>
       </c>
       <c r="E146" s="2">
-        <v>256353</v>
+        <v>206758</v>
       </c>
       <c r="F146" s="2">
-        <v>201</v>
+        <v>270</v>
       </c>
       <c r="G146" s="2">
-        <v>182454</v>
+        <v>137146</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B147" s="2">
-        <v>1.51</v>
+        <v>1.67</v>
       </c>
       <c r="C147" s="2">
         <v>1.44</v>
       </c>
       <c r="D147" s="2">
-        <v>1.5</v>
+        <v>1.48</v>
       </c>
       <c r="E147" s="2">
-        <v>40411</v>
+        <v>120745</v>
       </c>
       <c r="F147" s="2">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="G147" s="2">
-        <v>27311</v>
+        <v>77782</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B148" s="2">
-        <v>1.52</v>
+        <v>1.48</v>
       </c>
       <c r="C148" s="2">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="D148" s="2">
-        <v>1.51</v>
+        <v>1.48</v>
       </c>
       <c r="E148" s="2">
-        <v>21742</v>
+        <v>256353</v>
       </c>
       <c r="F148" s="2">
-        <v>85</v>
+        <v>201</v>
       </c>
       <c r="G148" s="2">
-        <v>15644</v>
+        <v>182454</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B149" s="2">
+        <v>1.51</v>
+      </c>
+      <c r="C149" s="2">
+        <v>1.44</v>
+      </c>
+      <c r="D149" s="2">
         <v>1.5</v>
       </c>
-      <c r="C149" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E149" s="2">
-        <v>15088</v>
+        <v>40411</v>
       </c>
       <c r="F149" s="2">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G149" s="2">
-        <v>10835</v>
+        <v>27311</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B150" s="2">
-        <v>1.42</v>
+        <v>1.52</v>
       </c>
       <c r="C150" s="2">
         <v>1.3</v>
       </c>
       <c r="D150" s="2">
-        <v>1.4</v>
+        <v>1.51</v>
       </c>
       <c r="E150" s="2">
-        <v>43934</v>
+        <v>21742</v>
       </c>
       <c r="F150" s="2">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="G150" s="2">
-        <v>32518</v>
+        <v>15644</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B151" s="2">
-        <v>1.65</v>
+        <v>1.5</v>
       </c>
       <c r="C151" s="2">
-        <v>1.25</v>
+        <v>1.37</v>
       </c>
       <c r="D151" s="2">
-        <v>1.36</v>
+        <v>1.39</v>
       </c>
       <c r="E151" s="2">
-        <v>144869</v>
+        <v>15088</v>
       </c>
       <c r="F151" s="2">
-        <v>204</v>
+        <v>51</v>
       </c>
       <c r="G151" s="2">
-        <v>98393</v>
+        <v>10835</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B152" s="2">
-        <v>1.92</v>
+        <v>1.42</v>
       </c>
       <c r="C152" s="2">
-        <v>1.58</v>
+        <v>1.3</v>
       </c>
       <c r="D152" s="2">
-        <v>1.58</v>
+        <v>1.4</v>
       </c>
       <c r="E152" s="2">
-        <v>18531</v>
+        <v>43934</v>
       </c>
       <c r="F152" s="2">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="G152" s="2">
-        <v>11050</v>
+        <v>32518</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B153" s="2">
-        <v>1.92</v>
+        <v>1.65</v>
       </c>
       <c r="C153" s="2">
-        <v>1.75</v>
+        <v>1.25</v>
       </c>
       <c r="D153" s="2">
-        <v>1.8</v>
+        <v>1.36</v>
       </c>
       <c r="E153" s="2">
-        <v>15825</v>
+        <v>144869</v>
       </c>
       <c r="F153" s="2">
-        <v>44</v>
+        <v>204</v>
       </c>
       <c r="G153" s="2">
-        <v>8603</v>
+        <v>98393</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B154" s="2">
-        <v>2.19</v>
+        <v>1.92</v>
       </c>
       <c r="C154" s="2">
-        <v>1.83</v>
+        <v>1.58</v>
       </c>
       <c r="D154" s="2">
-        <v>1.95</v>
+        <v>1.58</v>
       </c>
       <c r="E154" s="2">
-        <v>26523</v>
+        <v>18531</v>
       </c>
       <c r="F154" s="2">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="G154" s="2">
-        <v>13308</v>
+        <v>11050</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="2" t="s">
         <v>160</v>
       </c>
       <c r="B155" s="2">
-        <v>2.08</v>
+        <v>1.92</v>
       </c>
       <c r="C155" s="2">
-        <v>2</v>
+        <v>1.75</v>
       </c>
       <c r="D155" s="2">
-        <v>2</v>
+        <v>1.8</v>
       </c>
       <c r="E155" s="2">
-        <v>10836</v>
+        <v>15825</v>
       </c>
       <c r="F155" s="2">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="G155" s="2">
-        <v>5378</v>
+        <v>8603</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="2" t="s">
         <v>161</v>
       </c>
       <c r="B156" s="2">
-        <v>2.07</v>
+        <v>2.19</v>
       </c>
       <c r="C156" s="2">
-        <v>1.9</v>
+        <v>1.83</v>
       </c>
       <c r="D156" s="2">
-        <v>1.98</v>
+        <v>1.95</v>
       </c>
       <c r="E156" s="2">
-        <v>46134</v>
+        <v>26523</v>
       </c>
       <c r="F156" s="2">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="G156" s="2">
-        <v>23331</v>
+        <v>13308</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B157" s="2">
-        <v>2.25</v>
+        <v>2.08</v>
       </c>
       <c r="C157" s="2">
-        <v>1.78</v>
+        <v>2</v>
       </c>
       <c r="D157" s="2">
-        <v>2.1</v>
+        <v>2</v>
       </c>
       <c r="E157" s="2">
-        <v>22051</v>
+        <v>10836</v>
       </c>
       <c r="F157" s="2">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="G157" s="2">
-        <v>11379</v>
+        <v>5378</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="2" t="s">
         <v>163</v>
       </c>
       <c r="B158" s="2">
-        <v>1.85</v>
+        <v>2.07</v>
       </c>
       <c r="C158" s="2">
-        <v>1.7</v>
+        <v>1.9</v>
       </c>
       <c r="D158" s="2">
-        <v>1.84</v>
+        <v>1.98</v>
       </c>
       <c r="E158" s="2">
-        <v>914</v>
+        <v>46134</v>
       </c>
       <c r="F158" s="2">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="G158" s="2">
-        <v>510</v>
+        <v>23331</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B159" s="2">
-        <v>1.87</v>
+        <v>2.25</v>
       </c>
       <c r="C159" s="2">
-        <v>1.7</v>
+        <v>1.78</v>
       </c>
       <c r="D159" s="2">
-        <v>1.83</v>
+        <v>2.1</v>
       </c>
       <c r="E159" s="2">
-        <v>3679</v>
+        <v>22051</v>
       </c>
       <c r="F159" s="2">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G159" s="2">
-        <v>2070</v>
+        <v>11379</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B160" s="2">
-        <v>1.96</v>
+        <v>1.85</v>
       </c>
       <c r="C160" s="2">
-        <v>1.76</v>
+        <v>1.7</v>
       </c>
       <c r="D160" s="2">
-        <v>1.9</v>
+        <v>1.84</v>
       </c>
       <c r="E160" s="2">
-        <v>5175</v>
+        <v>914</v>
       </c>
       <c r="F160" s="2">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G160" s="2">
-        <v>2923</v>
+        <v>510</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B161" s="2">
-        <v>1.98</v>
+        <v>1.87</v>
       </c>
       <c r="C161" s="2">
         <v>1.7</v>
       </c>
       <c r="D161" s="2">
-        <v>1.89</v>
+        <v>1.83</v>
       </c>
       <c r="E161" s="2">
-        <v>4303</v>
+        <v>3679</v>
       </c>
       <c r="F161" s="2">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G161" s="2">
-        <v>2471</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B162" s="2">
+        <v>1.96</v>
+      </c>
+      <c r="C162" s="2">
+        <v>1.76</v>
+      </c>
+      <c r="D162" s="2">
         <v>1.9</v>
       </c>
-      <c r="C162" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E162" s="2">
-        <v>18515</v>
+        <v>5175</v>
       </c>
       <c r="F162" s="2">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G162" s="2">
-        <v>10584</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B163" s="2">
-        <v>1.72</v>
+        <v>1.98</v>
       </c>
       <c r="C163" s="2">
-        <v>1.68</v>
+        <v>1.7</v>
       </c>
       <c r="D163" s="2">
-        <v>1.7</v>
+        <v>1.89</v>
       </c>
       <c r="E163" s="2">
-        <v>32990</v>
+        <v>4303</v>
       </c>
       <c r="F163" s="2">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G163" s="2">
-        <v>19486</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B164" s="2">
-        <v>2.09</v>
+        <v>1.9</v>
       </c>
       <c r="C164" s="2">
-        <v>1.48</v>
+        <v>1.65</v>
       </c>
       <c r="D164" s="2">
-        <v>1.72</v>
+        <v>1.89</v>
       </c>
       <c r="E164" s="2">
-        <v>637922</v>
+        <v>18515</v>
       </c>
       <c r="F164" s="2">
-        <v>156</v>
+        <v>37</v>
       </c>
       <c r="G164" s="2">
-        <v>344748</v>
+        <v>10584</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="2" t="s">
         <v>170</v>
       </c>
       <c r="B165" s="2">
-        <v>1.42</v>
+        <v>1.72</v>
       </c>
       <c r="C165" s="2">
-        <v>1.19</v>
+        <v>1.68</v>
       </c>
       <c r="D165" s="2">
-        <v>1.42</v>
+        <v>1.7</v>
       </c>
       <c r="E165" s="2">
-        <v>718065</v>
+        <v>32990</v>
       </c>
       <c r="F165" s="2">
-        <v>104</v>
+        <v>26</v>
       </c>
       <c r="G165" s="2">
-        <v>578508</v>
+        <v>19486</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B166" s="2">
-        <v>1.3</v>
+        <v>2.09</v>
       </c>
       <c r="C166" s="2">
-        <v>1.15</v>
+        <v>1.48</v>
       </c>
       <c r="D166" s="2">
-        <v>1.25</v>
+        <v>1.72</v>
       </c>
       <c r="E166" s="2">
-        <v>240548</v>
+        <v>637922</v>
       </c>
       <c r="F166" s="2">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="G166" s="2">
-        <v>201448</v>
+        <v>344748</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B167" s="2">
-        <v>1.21</v>
+        <v>1.42</v>
       </c>
       <c r="C167" s="2">
-        <v>1.1</v>
+        <v>1.19</v>
       </c>
       <c r="D167" s="2">
-        <v>1.21</v>
+        <v>1.42</v>
       </c>
       <c r="E167" s="2">
-        <v>35391</v>
+        <v>718065</v>
       </c>
       <c r="F167" s="2">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="G167" s="2">
-        <v>30714</v>
+        <v>578508</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B168" s="2">
+        <v>1.3</v>
+      </c>
+      <c r="C168" s="2">
         <v>1.15</v>
       </c>
-      <c r="C168" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D168" s="2">
-        <v>1.15</v>
+        <v>1.25</v>
       </c>
       <c r="E168" s="2">
-        <v>1095</v>
+        <v>240548</v>
       </c>
       <c r="F168" s="2">
-        <v>8</v>
+        <v>169</v>
       </c>
       <c r="G168" s="2">
-        <v>999</v>
+        <v>201448</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B169" s="2">
-        <v>1.14</v>
+        <v>1.21</v>
       </c>
       <c r="C169" s="2">
-        <v>0.96</v>
+        <v>1.1</v>
       </c>
       <c r="D169" s="2">
-        <v>1.1</v>
+        <v>1.21</v>
       </c>
       <c r="E169" s="2">
-        <v>36836</v>
+        <v>35391</v>
       </c>
       <c r="F169" s="2">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="G169" s="2">
-        <v>33721</v>
+        <v>30714</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B170" s="2">
-        <v>1.04</v>
+        <v>1.15</v>
       </c>
       <c r="C170" s="2">
-        <v>0.93</v>
+        <v>1.05</v>
       </c>
       <c r="D170" s="2">
-        <v>0.96</v>
+        <v>1.15</v>
       </c>
       <c r="E170" s="2">
-        <v>25465</v>
+        <v>1095</v>
       </c>
       <c r="F170" s="2">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="G170" s="2">
-        <v>26245</v>
+        <v>999</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B171" s="2">
-        <v>1.09</v>
+        <v>1.14</v>
       </c>
       <c r="C171" s="2">
-        <v>0.85</v>
+        <v>0.96</v>
       </c>
       <c r="D171" s="2">
-        <v>1.09</v>
+        <v>1.1</v>
       </c>
       <c r="E171" s="2">
-        <v>23821</v>
+        <v>36836</v>
       </c>
       <c r="F171" s="2">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="G171" s="2">
-        <v>25531</v>
+        <v>33721</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="2" t="s">
         <v>177</v>
       </c>
       <c r="B172" s="2">
-        <v>0.9</v>
+        <v>1.04</v>
       </c>
       <c r="C172" s="2">
-        <v>0.83</v>
+        <v>0.93</v>
       </c>
       <c r="D172" s="2">
-        <v>0.89</v>
+        <v>0.96</v>
       </c>
       <c r="E172" s="2">
-        <v>55334</v>
+        <v>25465</v>
       </c>
       <c r="F172" s="2">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="G172" s="2">
-        <v>64370</v>
+        <v>26245</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="2" t="s">
         <v>178</v>
       </c>
       <c r="B173" s="2">
-        <v>0.83</v>
+        <v>1.09</v>
       </c>
       <c r="C173" s="2">
-        <v>0.78</v>
+        <v>0.85</v>
       </c>
       <c r="D173" s="2">
-        <v>0.81</v>
+        <v>1.09</v>
       </c>
       <c r="E173" s="2">
-        <v>50619</v>
+        <v>23821</v>
       </c>
       <c r="F173" s="2">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="G173" s="2">
-        <v>63063</v>
+        <v>25531</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="2" t="s">
         <v>179</v>
       </c>
       <c r="B174" s="2">
-        <v>0.79</v>
+        <v>0.9</v>
       </c>
       <c r="C174" s="2">
-        <v>0.76</v>
+        <v>0.83</v>
       </c>
       <c r="D174" s="2">
-        <v>0.79</v>
+        <v>0.89</v>
       </c>
       <c r="E174" s="2">
-        <v>121902</v>
+        <v>55334</v>
       </c>
       <c r="F174" s="2">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="G174" s="2">
-        <v>160300</v>
+        <v>64370</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="2" t="s">
         <v>180</v>
       </c>
       <c r="B175" s="2">
-        <v>0.8</v>
+        <v>0.83</v>
       </c>
       <c r="C175" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="D175" s="2">
-        <v>0.77</v>
+        <v>0.81</v>
       </c>
       <c r="E175" s="2">
-        <v>27118</v>
+        <v>50619</v>
       </c>
       <c r="F175" s="2">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="G175" s="2">
-        <v>35202</v>
+        <v>63063</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B176" s="2">
-        <v>0.86</v>
+        <v>0.79</v>
       </c>
       <c r="C176" s="2">
-        <v>0.7</v>
+        <v>0.76</v>
       </c>
       <c r="D176" s="2">
-        <v>0.8</v>
+        <v>0.79</v>
       </c>
       <c r="E176" s="2">
-        <v>91094</v>
+        <v>121902</v>
       </c>
       <c r="F176" s="2">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="G176" s="2">
-        <v>115136</v>
+        <v>160300</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="2" t="s">
         <v>182</v>
       </c>
       <c r="B177" s="2">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="C177" s="2">
-        <v>0.73</v>
+        <v>0.76</v>
       </c>
       <c r="D177" s="2">
-        <v>0.73</v>
+        <v>0.77</v>
       </c>
       <c r="E177" s="2">
-        <v>150593</v>
+        <v>27118</v>
       </c>
       <c r="F177" s="2">
-        <v>331</v>
+        <v>26</v>
       </c>
       <c r="G177" s="2">
-        <v>182204</v>
+        <v>35202</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="2" t="s">
         <v>183</v>
       </c>
       <c r="B178" s="2">
-        <v>0.81</v>
+        <v>0.86</v>
       </c>
       <c r="C178" s="2">
-        <v>0.48</v>
+        <v>0.7</v>
       </c>
       <c r="D178" s="2">
-        <v>0.81</v>
+        <v>0.8</v>
       </c>
       <c r="E178" s="2">
-        <v>661287</v>
+        <v>91094</v>
       </c>
       <c r="F178" s="2">
-        <v>560</v>
+        <v>209</v>
       </c>
       <c r="G178" s="2">
-        <v>1057800</v>
+        <v>115136</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="2" t="s">
         <v>184</v>
       </c>
       <c r="B179" s="2">
-        <v>0.66</v>
+        <v>0.9</v>
       </c>
       <c r="C179" s="2">
-        <v>0.55</v>
+        <v>0.73</v>
       </c>
       <c r="D179" s="2">
-        <v>0.56</v>
+        <v>0.73</v>
       </c>
       <c r="E179" s="2">
-        <v>37544</v>
+        <v>150593</v>
       </c>
       <c r="F179" s="2">
-        <v>149</v>
+        <v>331</v>
       </c>
       <c r="G179" s="2">
-        <v>62640</v>
+        <v>182204</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="2" t="s">
         <v>185</v>
       </c>
       <c r="B180" s="2">
-        <v>0.74</v>
+        <v>0.81</v>
       </c>
       <c r="C180" s="2">
-        <v>0.64</v>
+        <v>0.48</v>
       </c>
       <c r="D180" s="2">
-        <v>0.66</v>
+        <v>0.81</v>
       </c>
       <c r="E180" s="2">
-        <v>281405</v>
+        <v>661287</v>
       </c>
       <c r="F180" s="2">
-        <v>145</v>
+        <v>560</v>
       </c>
       <c r="G180" s="2">
-        <v>430368</v>
+        <v>1057800</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B181" s="2">
-        <v>0.78</v>
+        <v>0.66</v>
       </c>
       <c r="C181" s="2">
-        <v>0.73</v>
+        <v>0.55</v>
       </c>
       <c r="D181" s="2">
-        <v>0.74</v>
+        <v>0.56</v>
       </c>
       <c r="E181" s="2">
-        <v>390665</v>
+        <v>37544</v>
       </c>
       <c r="F181" s="2">
-        <v>116</v>
+        <v>149</v>
       </c>
       <c r="G181" s="2">
-        <v>525399</v>
+        <v>62640</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B182" s="2">
-        <v>0.85</v>
+        <v>0.74</v>
       </c>
       <c r="C182" s="2">
-        <v>0.8</v>
+        <v>0.64</v>
       </c>
       <c r="D182" s="2">
-        <v>0.8</v>
+        <v>0.66</v>
       </c>
       <c r="E182" s="2">
-        <v>4930</v>
+        <v>281405</v>
       </c>
       <c r="F182" s="2">
-        <v>15</v>
+        <v>145</v>
       </c>
       <c r="G182" s="2">
-        <v>6100</v>
+        <v>430368</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="2" t="s">
         <v>188</v>
       </c>
       <c r="B183" s="2">
-        <v>0.95</v>
+        <v>0.78</v>
       </c>
       <c r="C183" s="2">
-        <v>0.87</v>
+        <v>0.73</v>
       </c>
       <c r="D183" s="2">
-        <v>0.87</v>
+        <v>0.74</v>
       </c>
       <c r="E183" s="2">
-        <v>1923</v>
+        <v>390665</v>
       </c>
       <c r="F183" s="2">
-        <v>6</v>
+        <v>116</v>
       </c>
       <c r="G183" s="2">
-        <v>2150</v>
+        <v>525399</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B184" s="2">
-        <v>0.96</v>
+        <v>0.85</v>
       </c>
       <c r="C184" s="2">
-        <v>0.91</v>
+        <v>0.8</v>
       </c>
       <c r="D184" s="2">
-        <v>0.95</v>
+        <v>0.8</v>
       </c>
       <c r="E184" s="2">
-        <v>1527</v>
+        <v>4930</v>
       </c>
       <c r="F184" s="2">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G184" s="2">
-        <v>1627</v>
+        <v>6100</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="2" t="s">
         <v>190</v>
       </c>
       <c r="B185" s="2">
-        <v>0.96</v>
+        <v>0.95</v>
       </c>
       <c r="C185" s="2">
-        <v>0.89</v>
+        <v>0.87</v>
       </c>
       <c r="D185" s="2">
-        <v>0.94</v>
+        <v>0.87</v>
       </c>
       <c r="E185" s="2">
-        <v>3703</v>
+        <v>1923</v>
       </c>
       <c r="F185" s="2">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="G185" s="2">
-        <v>4073</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="2" t="s">
         <v>191</v>
       </c>
       <c r="B186" s="2">
-        <v>0.99</v>
+        <v>0.96</v>
       </c>
       <c r="C186" s="2">
-        <v>0.89</v>
+        <v>0.91</v>
       </c>
       <c r="D186" s="2">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="E186" s="2">
-        <v>6099</v>
+        <v>1527</v>
       </c>
       <c r="F186" s="2">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="G186" s="2">
-        <v>6691</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="2" t="s">
         <v>192</v>
       </c>
       <c r="B187" s="2">
-        <v>1.03</v>
+        <v>0.96</v>
       </c>
       <c r="C187" s="2">
-        <v>0.92</v>
+        <v>0.89</v>
       </c>
       <c r="D187" s="2">
-        <v>0.92</v>
+        <v>0.94</v>
       </c>
       <c r="E187" s="2">
-        <v>3706</v>
+        <v>3703</v>
       </c>
       <c r="F187" s="2">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G187" s="2">
-        <v>3800</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="2" t="s">
         <v>193</v>
       </c>
       <c r="B188" s="2">
-        <v>1.24</v>
+        <v>0.99</v>
       </c>
       <c r="C188" s="2">
-        <v>1</v>
+        <v>0.89</v>
       </c>
       <c r="D188" s="2">
-        <v>1.01</v>
+        <v>0.92</v>
       </c>
       <c r="E188" s="2">
-        <v>68389</v>
+        <v>6099</v>
       </c>
       <c r="F188" s="2">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="G188" s="2">
-        <v>66461</v>
+        <v>6691</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="2" t="s">
         <v>194</v>
       </c>
       <c r="B189" s="2">
-        <v>1.35</v>
+        <v>1.03</v>
       </c>
       <c r="C189" s="2">
-        <v>1.18</v>
+        <v>0.92</v>
       </c>
       <c r="D189" s="2">
-        <v>1.3</v>
+        <v>0.92</v>
       </c>
       <c r="E189" s="2">
-        <v>3610</v>
+        <v>3706</v>
       </c>
       <c r="F189" s="2">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="G189" s="2">
-        <v>3030</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B190" s="2">
-        <v>1.36</v>
+        <v>1.24</v>
       </c>
       <c r="C190" s="2">
-        <v>1.24</v>
+        <v>1</v>
       </c>
       <c r="D190" s="2">
-        <v>1.3</v>
+        <v>1.01</v>
       </c>
       <c r="E190" s="2">
-        <v>5524</v>
+        <v>68389</v>
       </c>
       <c r="F190" s="2">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="G190" s="2">
-        <v>4145</v>
+        <v>66461</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="2" t="s">
         <v>196</v>
       </c>
       <c r="B191" s="2">
-        <v>1.3</v>
+        <v>1.35</v>
       </c>
       <c r="C191" s="2">
-        <v>1.3</v>
+        <v>1.18</v>
       </c>
       <c r="D191" s="2">
         <v>1.3</v>
       </c>
       <c r="E191" s="2">
-        <v>176</v>
+        <v>3610</v>
       </c>
       <c r="F191" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G191" s="2">
-        <v>135</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="2" t="s">
         <v>197</v>
       </c>
       <c r="B192" s="2">
-        <v>1.28</v>
+        <v>1.36</v>
       </c>
       <c r="C192" s="2">
-        <v>1.14</v>
+        <v>1.24</v>
       </c>
       <c r="D192" s="2">
-        <v>1.28</v>
+        <v>1.3</v>
       </c>
       <c r="E192" s="2">
-        <v>944</v>
+        <v>5524</v>
       </c>
       <c r="F192" s="2">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="G192" s="2">
-        <v>770</v>
+        <v>4145</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B193" s="2">
-        <v>1.27</v>
+        <v>1.3</v>
       </c>
       <c r="C193" s="2">
-        <v>1.18</v>
+        <v>1.3</v>
       </c>
       <c r="D193" s="2">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="E193" s="2">
-        <v>1829</v>
+        <v>176</v>
       </c>
       <c r="F193" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="G193" s="2">
-        <v>1521</v>
+        <v>135</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="2" t="s">
         <v>199</v>
       </c>
       <c r="B194" s="2">
-        <v>1.32</v>
+        <v>1.28</v>
       </c>
       <c r="C194" s="2">
-        <v>1.2</v>
+        <v>1.14</v>
       </c>
       <c r="D194" s="2">
-        <v>1.24</v>
+        <v>1.28</v>
       </c>
       <c r="E194" s="2">
-        <v>2679</v>
+        <v>944</v>
       </c>
       <c r="F194" s="2">
         <v>5</v>
       </c>
       <c r="G194" s="2">
-        <v>2211</v>
+        <v>770</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B195" s="2">
-        <v>1.38</v>
+        <v>1.27</v>
       </c>
       <c r="C195" s="2">
-        <v>1.32</v>
+        <v>1.18</v>
       </c>
       <c r="D195" s="2">
-        <v>1.32</v>
+        <v>1.21</v>
       </c>
       <c r="E195" s="2">
-        <v>344</v>
+        <v>1829</v>
       </c>
       <c r="F195" s="2">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="G195" s="2">
-        <v>260</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="2" t="s">
         <v>201</v>
       </c>
       <c r="B196" s="2">
-        <v>1.4</v>
+        <v>1.32</v>
       </c>
       <c r="C196" s="2">
-        <v>1.26</v>
+        <v>1.2</v>
       </c>
       <c r="D196" s="2">
-        <v>1.35</v>
+        <v>1.24</v>
       </c>
       <c r="E196" s="2">
-        <v>1835</v>
+        <v>2679</v>
       </c>
       <c r="F196" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="G196" s="2">
-        <v>1427</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="2" t="s">
         <v>202</v>
       </c>
       <c r="B197" s="2">
-        <v>1.36</v>
+        <v>1.38</v>
       </c>
       <c r="C197" s="2">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="D197" s="2">
-        <v>1.36</v>
+        <v>1.32</v>
       </c>
       <c r="E197" s="2">
-        <v>1765</v>
+        <v>344</v>
       </c>
       <c r="F197" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G197" s="2">
-        <v>1363</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B198" s="2">
-        <v>1.39</v>
+        <v>1.4</v>
       </c>
       <c r="C198" s="2">
-        <v>1.39</v>
+        <v>1.26</v>
       </c>
       <c r="D198" s="2">
-        <v>1.39</v>
+        <v>1.35</v>
       </c>
       <c r="E198" s="2">
-        <v>4865</v>
+        <v>1835</v>
       </c>
       <c r="F198" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G198" s="2">
-        <v>3500</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="2" t="s">
         <v>204</v>
       </c>
       <c r="B199" s="2">
-        <v>1.4</v>
+        <v>1.36</v>
       </c>
       <c r="C199" s="2">
-        <v>1.4</v>
+        <v>1.23</v>
       </c>
       <c r="D199" s="2">
-        <v>1.4</v>
+        <v>1.36</v>
       </c>
       <c r="E199" s="2">
-        <v>56</v>
+        <v>1765</v>
       </c>
       <c r="F199" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G199" s="2">
-        <v>40</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B200" s="2">
-        <v>1.37</v>
+        <v>1.39</v>
       </c>
       <c r="C200" s="2">
-        <v>1.07</v>
+        <v>1.39</v>
       </c>
       <c r="D200" s="2">
-        <v>1.37</v>
+        <v>1.39</v>
       </c>
       <c r="E200" s="2">
-        <v>12568</v>
+        <v>4865</v>
       </c>
       <c r="F200" s="2">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="G200" s="2">
-        <v>10917</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="2" t="s">
         <v>206</v>
       </c>
       <c r="B201" s="2">
-        <v>1.14</v>
+        <v>1.4</v>
       </c>
       <c r="C201" s="2">
-        <v>0.94</v>
+        <v>1.4</v>
       </c>
       <c r="D201" s="2">
-        <v>1.12</v>
+        <v>1.4</v>
       </c>
       <c r="E201" s="2">
-        <v>2526</v>
+        <v>56</v>
       </c>
       <c r="F201" s="2">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="G201" s="2">
-        <v>2355</v>
+        <v>40</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B202" s="2">
-        <v>1.27</v>
+        <v>1.37</v>
       </c>
       <c r="C202" s="2">
-        <v>1.04</v>
+        <v>1.07</v>
       </c>
       <c r="D202" s="2">
-        <v>1.09</v>
+        <v>1.37</v>
       </c>
       <c r="E202" s="2">
-        <v>414400</v>
+        <v>12568</v>
       </c>
       <c r="F202" s="2">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="G202" s="2">
-        <v>354146</v>
+        <v>10917</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="2" t="s">
         <v>208</v>
       </c>
       <c r="B203" s="2">
-        <v>1.29</v>
+        <v>1.14</v>
       </c>
       <c r="C203" s="2">
-        <v>1.17</v>
+        <v>0.94</v>
       </c>
       <c r="D203" s="2">
-        <v>1.22</v>
+        <v>1.12</v>
       </c>
       <c r="E203" s="2">
-        <v>4281</v>
+        <v>2526</v>
       </c>
       <c r="F203" s="2">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G203" s="2">
-        <v>3506</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="2" t="s">
         <v>209</v>
       </c>
       <c r="B204" s="2">
-        <v>1.23</v>
+        <v>1.27</v>
       </c>
       <c r="C204" s="2">
-        <v>1.15</v>
+        <v>1.04</v>
       </c>
       <c r="D204" s="2">
-        <v>1.23</v>
+        <v>1.09</v>
       </c>
       <c r="E204" s="2">
-        <v>1142</v>
+        <v>414400</v>
       </c>
       <c r="F204" s="2">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="G204" s="2">
-        <v>970</v>
+        <v>354146</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="2" t="s">
         <v>210</v>
       </c>
       <c r="B205" s="2">
-        <v>1.42</v>
+        <v>1.29</v>
       </c>
       <c r="C205" s="2">
-        <v>1.23</v>
+        <v>1.17</v>
       </c>
       <c r="D205" s="2">
-        <v>1.23</v>
+        <v>1.22</v>
       </c>
       <c r="E205" s="2">
-        <v>2401</v>
+        <v>4281</v>
       </c>
       <c r="F205" s="2">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G205" s="2">
-        <v>1841</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="2" t="s">
         <v>211</v>
       </c>
       <c r="B206" s="2">
-        <v>1.37</v>
+        <v>1.23</v>
       </c>
       <c r="C206" s="2">
-        <v>1.24</v>
+        <v>1.15</v>
       </c>
       <c r="D206" s="2">
-        <v>1.37</v>
+        <v>1.23</v>
       </c>
       <c r="E206" s="2">
-        <v>18776</v>
+        <v>1142</v>
       </c>
       <c r="F206" s="2">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="G206" s="2">
-        <v>14670</v>
+        <v>970</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="2" t="s">
         <v>212</v>
       </c>
       <c r="B207" s="2">
-        <v>1.33</v>
+        <v>1.42</v>
       </c>
       <c r="C207" s="2">
-        <v>1.24</v>
+        <v>1.23</v>
       </c>
       <c r="D207" s="2">
-        <v>1.27</v>
+        <v>1.23</v>
       </c>
       <c r="E207" s="2">
-        <v>7284</v>
+        <v>2401</v>
       </c>
       <c r="F207" s="2">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="G207" s="2">
-        <v>5715</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="2" t="s">
         <v>213</v>
       </c>
       <c r="B208" s="2">
+        <v>1.37</v>
+      </c>
+      <c r="C208" s="2">
         <v>1.24</v>
       </c>
-      <c r="C208" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D208" s="2">
-        <v>1.24</v>
+        <v>1.37</v>
       </c>
       <c r="E208" s="2">
-        <v>996</v>
+        <v>18776</v>
       </c>
       <c r="F208" s="2">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="G208" s="2">
-        <v>820</v>
+        <v>14670</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="2" t="s">
         <v>214</v>
       </c>
       <c r="B209" s="2">
-        <v>1.32</v>
+        <v>1.33</v>
       </c>
       <c r="C209" s="2">
-        <v>1.18</v>
+        <v>1.24</v>
       </c>
       <c r="D209" s="2">
-        <v>1.18</v>
+        <v>1.27</v>
       </c>
       <c r="E209" s="2">
-        <v>4324</v>
+        <v>7284</v>
       </c>
       <c r="F209" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G209" s="2">
-        <v>3482</v>
+        <v>5715</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B210" s="2">
-        <v>1.41</v>
+        <v>1.24</v>
       </c>
       <c r="C210" s="2">
-        <v>1.32</v>
+        <v>1.14</v>
       </c>
       <c r="D210" s="2">
-        <v>1.38</v>
+        <v>1.24</v>
       </c>
       <c r="E210" s="2">
-        <v>2117</v>
+        <v>996</v>
       </c>
       <c r="F210" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="G210" s="2">
-        <v>1531</v>
+        <v>820</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="2" t="s">
         <v>216</v>
       </c>
       <c r="B211" s="2">
-        <v>1.52</v>
+        <v>1.32</v>
       </c>
       <c r="C211" s="2">
-        <v>1.26</v>
+        <v>1.18</v>
       </c>
       <c r="D211" s="2">
-        <v>1.47</v>
+        <v>1.18</v>
       </c>
       <c r="E211" s="2">
-        <v>6420</v>
+        <v>4324</v>
       </c>
       <c r="F211" s="2">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G211" s="2">
-        <v>4929</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B212" s="2">
-        <v>1.37</v>
+        <v>1.41</v>
       </c>
       <c r="C212" s="2">
-        <v>1.26</v>
+        <v>1.32</v>
       </c>
       <c r="D212" s="2">
-        <v>1.37</v>
+        <v>1.38</v>
       </c>
       <c r="E212" s="2">
-        <v>4078</v>
+        <v>2117</v>
       </c>
       <c r="F212" s="2">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G212" s="2">
-        <v>3150</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="2" t="s">
         <v>218</v>
       </c>
       <c r="B213" s="2">
-        <v>1.4</v>
+        <v>1.52</v>
       </c>
       <c r="C213" s="2">
-        <v>1.31</v>
+        <v>1.26</v>
       </c>
       <c r="D213" s="2">
-        <v>1.33</v>
+        <v>1.47</v>
       </c>
       <c r="E213" s="2">
-        <v>10480</v>
+        <v>6420</v>
       </c>
       <c r="F213" s="2">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G213" s="2">
-        <v>7825</v>
+        <v>4929</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="2" t="s">
         <v>219</v>
       </c>
       <c r="B214" s="2">
-        <v>1.49</v>
+        <v>1.37</v>
       </c>
       <c r="C214" s="2">
-        <v>1.35</v>
+        <v>1.26</v>
       </c>
       <c r="D214" s="2">
-        <v>1.35</v>
+        <v>1.37</v>
       </c>
       <c r="E214" s="2">
-        <v>12592</v>
+        <v>4078</v>
       </c>
       <c r="F214" s="2">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="G214" s="2">
-        <v>9261</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="2" t="s">
         <v>220</v>
       </c>
       <c r="B215" s="2">
-        <v>1.45</v>
+        <v>1.4</v>
       </c>
       <c r="C215" s="2">
-        <v>1.29</v>
+        <v>1.31</v>
       </c>
       <c r="D215" s="2">
-        <v>1.45</v>
+        <v>1.33</v>
       </c>
       <c r="E215" s="2">
-        <v>4516</v>
+        <v>10480</v>
       </c>
       <c r="F215" s="2">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G215" s="2">
-        <v>3350</v>
+        <v>7825</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="2" t="s">
         <v>221</v>
       </c>
       <c r="B216" s="2">
-        <v>1.54</v>
+        <v>1.49</v>
       </c>
       <c r="C216" s="2">
-        <v>1.37</v>
+        <v>1.35</v>
       </c>
       <c r="D216" s="2">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="E216" s="2">
-        <v>16207</v>
+        <v>12592</v>
       </c>
       <c r="F216" s="2">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G216" s="2">
-        <v>11425</v>
+        <v>9261</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="2" t="s">
         <v>222</v>
       </c>
       <c r="B217" s="2">
-        <v>1.6</v>
+        <v>1.45</v>
       </c>
       <c r="C217" s="2">
-        <v>1.41</v>
+        <v>1.29</v>
       </c>
       <c r="D217" s="2">
-        <v>1.54</v>
+        <v>1.45</v>
       </c>
       <c r="E217" s="2">
-        <v>2665</v>
+        <v>4516</v>
       </c>
       <c r="F217" s="2">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="G217" s="2">
-        <v>1730</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B218" s="2">
-        <v>1.47</v>
+        <v>1.54</v>
       </c>
       <c r="C218" s="2">
-        <v>1.33</v>
+        <v>1.37</v>
       </c>
       <c r="D218" s="2">
-        <v>1.47</v>
+        <v>1.4</v>
       </c>
       <c r="E218" s="2">
-        <v>6851</v>
+        <v>16207</v>
       </c>
       <c r="F218" s="2">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G218" s="2">
-        <v>4884</v>
+        <v>11425</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="2" t="s">
         <v>224</v>
       </c>
       <c r="B219" s="2">
-        <v>1.64</v>
+        <v>1.6</v>
       </c>
       <c r="C219" s="2">
-        <v>1.42</v>
+        <v>1.41</v>
       </c>
       <c r="D219" s="2">
-        <v>1.49</v>
+        <v>1.54</v>
       </c>
       <c r="E219" s="2">
-        <v>11248</v>
+        <v>2665</v>
       </c>
       <c r="F219" s="2">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="G219" s="2">
-        <v>7160</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="2" t="s">
         <v>225</v>
       </c>
       <c r="B220" s="2">
-        <v>1.7</v>
+        <v>1.47</v>
       </c>
       <c r="C220" s="2">
-        <v>1.55</v>
+        <v>1.33</v>
       </c>
       <c r="D220" s="2">
-        <v>1.64</v>
+        <v>1.47</v>
       </c>
       <c r="E220" s="2">
-        <v>47238</v>
+        <v>6851</v>
       </c>
       <c r="F220" s="2">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G220" s="2">
-        <v>28938</v>
+        <v>4884</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="2" t="s">
         <v>226</v>
       </c>
       <c r="B221" s="2">
-        <v>1.57</v>
+        <v>1.64</v>
       </c>
       <c r="C221" s="2">
-        <v>1.57</v>
+        <v>1.42</v>
       </c>
       <c r="D221" s="2">
-        <v>1.57</v>
+        <v>1.49</v>
       </c>
       <c r="E221" s="2">
-        <v>8</v>
+        <v>11248</v>
       </c>
       <c r="F221" s="2">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G221" s="2">
-        <v>5</v>
+        <v>7160</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="2" t="s">
         <v>227</v>
       </c>
       <c r="B222" s="2">
-        <v>1.65</v>
+        <v>1.7</v>
       </c>
       <c r="C222" s="2">
         <v>1.55</v>
       </c>
       <c r="D222" s="2">
-        <v>1.65</v>
+        <v>1.64</v>
       </c>
       <c r="E222" s="2">
-        <v>7960</v>
+        <v>47238</v>
       </c>
       <c r="F222" s="2">
-        <v>4</v>
+        <v>71</v>
       </c>
       <c r="G222" s="2">
-        <v>5130</v>
+        <v>28938</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="2" t="s">
         <v>228</v>
       </c>
       <c r="B223" s="2">
-        <v>1.6</v>
+        <v>1.57</v>
       </c>
       <c r="C223" s="2">
-        <v>1.45</v>
+        <v>1.57</v>
       </c>
       <c r="D223" s="2">
-        <v>1.59</v>
+        <v>1.57</v>
       </c>
       <c r="E223" s="2">
-        <v>2933</v>
+        <v>8</v>
       </c>
       <c r="F223" s="2">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G223" s="2">
-        <v>1970</v>
+        <v>5</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="2" t="s">
         <v>229</v>
       </c>
       <c r="B224" s="2">
-        <v>1.64</v>
+        <v>1.65</v>
       </c>
       <c r="C224" s="2">
-        <v>1.57</v>
+        <v>1.55</v>
       </c>
       <c r="D224" s="2">
-        <v>1.64</v>
+        <v>1.65</v>
       </c>
       <c r="E224" s="2">
-        <v>482</v>
+        <v>7960</v>
       </c>
       <c r="F224" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G224" s="2">
-        <v>300</v>
+        <v>5130</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="2" t="s">
         <v>230</v>
       </c>
       <c r="B225" s="2">
-        <v>1.68</v>
+        <v>1.6</v>
       </c>
       <c r="C225" s="2">
-        <v>1.46</v>
+        <v>1.45</v>
       </c>
       <c r="D225" s="2">
-        <v>1.57</v>
+        <v>1.59</v>
       </c>
       <c r="E225" s="2">
-        <v>26643</v>
+        <v>2933</v>
       </c>
       <c r="F225" s="2">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="G225" s="2">
-        <v>16416</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="2" t="s">
         <v>231</v>
       </c>
       <c r="B226" s="2">
-        <v>1.65</v>
+        <v>1.64</v>
       </c>
       <c r="C226" s="2">
-        <v>1.44</v>
+        <v>1.57</v>
       </c>
       <c r="D226" s="2">
-        <v>1.6</v>
+        <v>1.64</v>
       </c>
       <c r="E226" s="2">
-        <v>11953</v>
+        <v>482</v>
       </c>
       <c r="F226" s="2">
-        <v>43</v>
+        <v>2</v>
       </c>
       <c r="G226" s="2">
-        <v>7774</v>
+        <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="2" t="s">
         <v>232</v>
       </c>
       <c r="B227" s="2">
-        <v>1.67</v>
+        <v>1.68</v>
       </c>
       <c r="C227" s="2">
-        <v>1.48</v>
+        <v>1.46</v>
       </c>
       <c r="D227" s="2">
-        <v>1.48</v>
+        <v>1.57</v>
       </c>
       <c r="E227" s="2">
-        <v>11287</v>
+        <v>26643</v>
       </c>
       <c r="F227" s="2">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G227" s="2">
-        <v>7165</v>
+        <v>16416</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="2" t="s">
         <v>233</v>
       </c>
       <c r="B228" s="2">
-        <v>1.75</v>
+        <v>1.65</v>
       </c>
       <c r="C228" s="2">
-        <v>1.36</v>
+        <v>1.44</v>
       </c>
       <c r="D228" s="2">
-        <v>1.75</v>
+        <v>1.6</v>
       </c>
       <c r="E228" s="2">
-        <v>23928</v>
+        <v>11953</v>
       </c>
       <c r="F228" s="2">
-        <v>80</v>
+        <v>43</v>
       </c>
       <c r="G228" s="2">
-        <v>15245</v>
+        <v>7774</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="2" t="s">
         <v>234</v>
       </c>
       <c r="B229" s="2">
+        <v>1.67</v>
+      </c>
+      <c r="C229" s="2">
+        <v>1.48</v>
+      </c>
+      <c r="D229" s="2">
+        <v>1.48</v>
+      </c>
+      <c r="E229" s="2">
+        <v>11287</v>
+      </c>
+      <c r="F229" s="2">
+        <v>29</v>
+      </c>
+      <c r="G229" s="2">
+        <v>7165</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7">
+      <c r="A230" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="B230" s="2">
+        <v>1.75</v>
+      </c>
+      <c r="C230" s="2">
+        <v>1.36</v>
+      </c>
+      <c r="D230" s="2">
+        <v>1.75</v>
+      </c>
+      <c r="E230" s="2">
+        <v>23928</v>
+      </c>
+      <c r="F230" s="2">
+        <v>80</v>
+      </c>
+      <c r="G230" s="2">
+        <v>15245</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7">
+      <c r="A231" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="B231" s="2">
         <v>2.1</v>
       </c>
-      <c r="C229" s="2">
+      <c r="C231" s="2">
         <v>1.49</v>
       </c>
-      <c r="D229" s="2">
+      <c r="D231" s="2">
         <v>1.7</v>
       </c>
-      <c r="E229" s="2">
+      <c r="E231" s="2">
         <v>412710</v>
       </c>
-      <c r="F229" s="2">
+      <c r="F231" s="2">
         <v>239</v>
       </c>
-      <c r="G229" s="2">
+      <c r="G231" s="2">
         <v>220743</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>