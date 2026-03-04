--- v0 (2026-01-08)
+++ v1 (2026-03-04)
@@ -12,71 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Historical Trading Indicators" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Closing</t>
   </si>
   <si>
     <t>Value Traded</t>
   </si>
   <si>
     <t>No. of Trans</t>
   </si>
   <si>
     <t>No. of Shares</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>04/05/2025</t>
   </si>
   <si>
     <t>03/04/2025</t>
   </si>
   <si>
     <t>02/03/2025</t>
   </si>
   <si>
     <t>02/02/2025</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
@@ -475,616 +478,639 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G24"/>
+  <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:G24"/>
+      <selection activeCell="A2" sqref="A2:G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="2">
-        <v>1.96</v>
+        <v>1.99</v>
       </c>
       <c r="C2" s="2">
-        <v>1.9</v>
+        <v>1.81</v>
       </c>
       <c r="D2" s="2">
-        <v>1.9</v>
+        <v>1.81</v>
       </c>
       <c r="E2" s="2">
-        <v>386</v>
+        <v>865</v>
       </c>
       <c r="F2" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G2" s="2">
-        <v>200</v>
+        <v>465</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2">
-        <v>2.16</v>
+        <v>1.96</v>
       </c>
       <c r="C3" s="2">
-        <v>1.95</v>
+        <v>1.9</v>
       </c>
       <c r="D3" s="2">
-        <v>2.06</v>
+        <v>1.9</v>
       </c>
       <c r="E3" s="2">
-        <v>10789</v>
+        <v>386</v>
       </c>
       <c r="F3" s="2">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="G3" s="2">
-        <v>5295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2">
-        <v>2</v>
+        <v>2.16</v>
       </c>
       <c r="C4" s="2">
-        <v>1.59</v>
+        <v>1.95</v>
       </c>
       <c r="D4" s="2">
-        <v>2</v>
+        <v>2.06</v>
       </c>
       <c r="E4" s="2">
-        <v>23870</v>
+        <v>10789</v>
       </c>
       <c r="F4" s="2">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G4" s="2">
-        <v>13405</v>
+        <v>5295</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="2">
-        <v>1.53</v>
+        <v>2</v>
       </c>
       <c r="C5" s="2">
-        <v>1.4</v>
+        <v>1.59</v>
       </c>
       <c r="D5" s="2">
-        <v>1.53</v>
+        <v>2</v>
       </c>
       <c r="E5" s="2">
-        <v>726</v>
+        <v>23870</v>
       </c>
       <c r="F5" s="2">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="G5" s="2">
-        <v>506</v>
+        <v>13405</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="2">
-        <v>1.42</v>
+        <v>1.53</v>
       </c>
       <c r="C6" s="2">
-        <v>1.42</v>
+        <v>1.4</v>
       </c>
       <c r="D6" s="2">
-        <v>1.42</v>
+        <v>1.53</v>
       </c>
       <c r="E6" s="2">
-        <v>114</v>
+        <v>726</v>
       </c>
       <c r="F6" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G6" s="2">
-        <v>80</v>
+        <v>506</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="2">
-        <v>1.39</v>
+        <v>1.42</v>
       </c>
       <c r="C7" s="2">
-        <v>1.27</v>
+        <v>1.42</v>
       </c>
       <c r="D7" s="2">
-        <v>1.36</v>
+        <v>1.42</v>
       </c>
       <c r="E7" s="2">
-        <v>1400</v>
+        <v>114</v>
       </c>
       <c r="F7" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G7" s="2">
-        <v>1039</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2">
-        <v>1.21</v>
+        <v>1.39</v>
       </c>
       <c r="C8" s="2">
-        <v>0.79</v>
+        <v>1.27</v>
       </c>
       <c r="D8" s="2">
-        <v>1.21</v>
+        <v>1.36</v>
       </c>
       <c r="E8" s="2">
-        <v>45615</v>
+        <v>1400</v>
       </c>
       <c r="F8" s="2">
-        <v>52</v>
+        <v>7</v>
       </c>
       <c r="G8" s="2">
-        <v>47819</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="2">
-        <v>0.81</v>
+        <v>1.21</v>
       </c>
       <c r="C9" s="2">
-        <v>0.77</v>
+        <v>0.79</v>
       </c>
       <c r="D9" s="2">
-        <v>0.77</v>
+        <v>1.21</v>
       </c>
       <c r="E9" s="2">
-        <v>4653</v>
+        <v>45615</v>
       </c>
       <c r="F9" s="2">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="G9" s="2">
-        <v>6033</v>
+        <v>47819</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="2">
-        <v>0.85</v>
+        <v>0.81</v>
       </c>
       <c r="C10" s="2">
-        <v>0.85</v>
+        <v>0.77</v>
       </c>
       <c r="D10" s="2">
-        <v>0.85</v>
+        <v>0.77</v>
       </c>
       <c r="E10" s="2">
-        <v>4</v>
+        <v>4653</v>
       </c>
       <c r="F10" s="2">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G10" s="2">
-        <v>5</v>
+        <v>6033</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="2">
-        <v>0.89</v>
+        <v>0.85</v>
       </c>
       <c r="C11" s="2">
-        <v>0.89</v>
+        <v>0.85</v>
       </c>
       <c r="D11" s="2">
-        <v>0.89</v>
+        <v>0.85</v>
       </c>
       <c r="E11" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F11" s="2">
         <v>1</v>
       </c>
       <c r="G11" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="2">
-        <v>0.91</v>
+        <v>0.89</v>
       </c>
       <c r="C12" s="2">
-        <v>0.75</v>
+        <v>0.89</v>
       </c>
       <c r="D12" s="2">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="E12" s="2">
-        <v>2686</v>
+        <v>6</v>
       </c>
       <c r="F12" s="2">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="G12" s="2">
-        <v>3237</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="2">
-        <v>0.94</v>
+        <v>0.91</v>
       </c>
       <c r="C13" s="2">
-        <v>0.78</v>
+        <v>0.75</v>
       </c>
       <c r="D13" s="2">
-        <v>0.94</v>
+        <v>0.88</v>
       </c>
       <c r="E13" s="2">
-        <v>5594</v>
+        <v>2686</v>
       </c>
       <c r="F13" s="2">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="G13" s="2">
-        <v>6675</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="2">
-        <v>0.86</v>
+        <v>0.94</v>
       </c>
       <c r="C14" s="2">
-        <v>0.47</v>
+        <v>0.78</v>
       </c>
       <c r="D14" s="2">
-        <v>0.86</v>
+        <v>0.94</v>
       </c>
       <c r="E14" s="2">
-        <v>17956</v>
+        <v>5594</v>
       </c>
       <c r="F14" s="2">
-        <v>82</v>
+        <v>39</v>
       </c>
       <c r="G14" s="2">
-        <v>28000</v>
+        <v>6675</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="2">
-        <v>0.45</v>
+        <v>0.86</v>
       </c>
       <c r="C15" s="2">
-        <v>0.45</v>
+        <v>0.47</v>
       </c>
       <c r="D15" s="2">
-        <v>0.45</v>
+        <v>0.86</v>
       </c>
       <c r="E15" s="2">
-        <v>169</v>
+        <v>17956</v>
       </c>
       <c r="F15" s="2">
-        <v>1</v>
+        <v>82</v>
       </c>
       <c r="G15" s="2">
-        <v>375</v>
+        <v>28000</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="2">
-        <v>0.95</v>
+        <v>0.45</v>
       </c>
       <c r="C16" s="2">
-        <v>0.95</v>
+        <v>0.45</v>
       </c>
       <c r="D16" s="2">
-        <v>0.95</v>
+        <v>0.45</v>
       </c>
       <c r="E16" s="2">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="F16" s="2">
         <v>1</v>
       </c>
       <c r="G16" s="2">
-        <v>15</v>
+        <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="2">
-        <v>0.94</v>
+        <v>0.95</v>
       </c>
       <c r="C17" s="2">
-        <v>0.94</v>
+        <v>0.95</v>
       </c>
       <c r="D17" s="2">
-        <v>0.94</v>
+        <v>0.95</v>
       </c>
       <c r="E17" s="2">
-        <v>893</v>
+        <v>14</v>
       </c>
       <c r="F17" s="2">
         <v>1</v>
       </c>
       <c r="G17" s="2">
-        <v>950</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="2">
-        <v>1</v>
+        <v>0.94</v>
       </c>
       <c r="C18" s="2">
-        <v>1</v>
+        <v>0.94</v>
       </c>
       <c r="D18" s="2">
-        <v>1</v>
+        <v>0.94</v>
       </c>
       <c r="E18" s="2">
-        <v>150</v>
+        <v>893</v>
       </c>
       <c r="F18" s="2">
         <v>1</v>
       </c>
       <c r="G18" s="2">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="2">
-        <v>1.03</v>
+        <v>1</v>
       </c>
       <c r="C19" s="2">
-        <v>1.03</v>
+        <v>1</v>
       </c>
       <c r="D19" s="2">
-        <v>1.03</v>
+        <v>1</v>
       </c>
       <c r="E19" s="2">
-        <v>309</v>
+        <v>150</v>
       </c>
       <c r="F19" s="2">
         <v>1</v>
       </c>
       <c r="G19" s="2">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="2">
         <v>1.03</v>
       </c>
       <c r="C20" s="2">
         <v>1.03</v>
       </c>
       <c r="D20" s="2">
         <v>1.03</v>
       </c>
       <c r="E20" s="2">
         <v>309</v>
       </c>
       <c r="F20" s="2">
         <v>1</v>
       </c>
       <c r="G20" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="2">
-        <v>1.04</v>
+        <v>1.03</v>
       </c>
       <c r="C21" s="2">
-        <v>1</v>
+        <v>1.03</v>
       </c>
       <c r="D21" s="2">
-        <v>1.04</v>
+        <v>1.03</v>
       </c>
       <c r="E21" s="2">
-        <v>342</v>
+        <v>309</v>
       </c>
       <c r="F21" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G21" s="2">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="2">
-        <v>1.05</v>
+        <v>1.04</v>
       </c>
       <c r="C22" s="2">
         <v>1</v>
       </c>
       <c r="D22" s="2">
-        <v>1</v>
+        <v>1.04</v>
       </c>
       <c r="E22" s="2">
-        <v>1315</v>
+        <v>342</v>
       </c>
       <c r="F22" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G22" s="2">
-        <v>1260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="2">
-        <v>1.15</v>
+        <v>1.05</v>
       </c>
       <c r="C23" s="2">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="D23" s="2">
-        <v>1.05</v>
+        <v>1</v>
       </c>
       <c r="E23" s="2">
-        <v>6267</v>
+        <v>1315</v>
       </c>
       <c r="F23" s="2">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="G23" s="2">
-        <v>5715</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="2">
+        <v>1.15</v>
+      </c>
+      <c r="C24" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="D24" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="E24" s="2">
+        <v>6267</v>
+      </c>
+      <c r="F24" s="2">
+        <v>12</v>
+      </c>
+      <c r="G24" s="2">
+        <v>5715</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25" s="2">
         <v>0.65</v>
       </c>
-      <c r="C24" s="2">
+      <c r="C25" s="2">
         <v>0.65</v>
       </c>
-      <c r="D24" s="2">
+      <c r="D25" s="2">
         <v>0.65</v>
       </c>
-      <c r="E24" s="2">
+      <c r="E25" s="2">
         <v>6500</v>
       </c>
-      <c r="F24" s="2">
-[...2 lines deleted...]
-      <c r="G24" s="2">
+      <c r="F25" s="2">
+        <v>1</v>
+      </c>
+      <c r="G25" s="2">
         <v>10000</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>